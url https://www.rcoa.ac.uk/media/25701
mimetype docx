--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -13,51 +13,51 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1F1C3A0F" w14:textId="4D018D56" w:rsidR="00952420" w:rsidRPr="00946F65" w:rsidRDefault="007435FA" w:rsidP="00946F65">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ACCS </w:t>
       </w:r>
       <w:r w:rsidR="00CC6EE8" w:rsidRPr="00946F65">
         <w:rPr>
@@ -1821,56 +1821,65 @@
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="758C30FF" w14:textId="1D3D030C" w:rsidR="0070449C" w:rsidRPr="00946F65" w:rsidRDefault="0070449C" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>ACCS Clinical Learning Outcomes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A122B32" w14:textId="02BCD6CB" w:rsidR="00B433E5" w:rsidRPr="00946F65" w:rsidRDefault="00B433E5" w:rsidP="00946F65">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00946F65">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Taking into account all the</w:t>
+        <w:t>Taking into account</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00946F65">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all the</w:t>
       </w:r>
       <w:r w:rsidR="00FF2C3B" w:rsidRPr="00946F65">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> relevant</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> evidence presented in the e-portfolio</w:t>
       </w:r>
       <w:r w:rsidR="00FF2C3B" w:rsidRPr="00946F65">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, your experience of working with the trainee</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:rPr>
           <w:i/>
@@ -1910,206 +1919,196 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="531"/>
         <w:gridCol w:w="8485"/>
       </w:tblGrid>
       <w:tr w:rsidR="00946F65" w:rsidRPr="00946F65" w14:paraId="6967BE82" w14:textId="77777777" w:rsidTr="00946F65">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="531" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75FEC5EE" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8485" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49FC26C2" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t>Direct supervisor observation/involvement, able to provide immediate direction or assistance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946F65" w:rsidRPr="00946F65" w14:paraId="0437B28B" w14:textId="77777777" w:rsidTr="00946F65">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="531" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C047FDB" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t>2a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8485" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63A9CD59" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t>Supervisor on the ‘shop-floor’ (eg ED, theatres, AMU, ICU), monitoring at regular intervals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946F65" w:rsidRPr="00946F65" w14:paraId="02F512CF" w14:textId="77777777" w:rsidTr="00946F65">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="531" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67C91E7D" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t>2b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8485" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29A390C1" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t>Supervisor within hospital for queries, able to provide prompt direction or assistance and trainee knows reliably when to ask for help</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946F65" w:rsidRPr="00946F65" w14:paraId="5BB437DA" w14:textId="77777777" w:rsidTr="00946F65">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="531" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EDF48BF" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8485" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F68E0C" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t>Supervisor ‘on call’ from home for queries, able to provide directions via phone and able to attend the bedside if required to provide direct supervision</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946F65" w:rsidRPr="00946F65" w14:paraId="327914D6" w14:textId="77777777" w:rsidTr="00946F65">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="531" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BCF89B4" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8485" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53E27A42" w14:textId="77777777" w:rsidR="00946F65" w:rsidRPr="00946F65" w:rsidRDefault="00946F65" w:rsidP="00946F65">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00946F65">
               <w:t xml:space="preserve">Would be able to manage with no supervisor involvement (all trainees practice with a consultant taking overall clinical responsibility) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7483066D" w14:textId="162B3992" w:rsidR="00B433E5" w:rsidRPr="00946F65" w:rsidRDefault="00B433E5" w:rsidP="00946F65">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -2456,52 +2455,50 @@
                 <w:r w:rsidR="00946F65" w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B816939" w14:textId="1B20D6E7" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="00A0590C" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">ACCS LO </w:t>
       </w:r>
       <w:r w:rsidR="000226E9" w:rsidRPr="00946F65">
         <w:t>3. Identify sick adult patients, be able to resuscitate and stabilise and know when it is approp</w:t>
       </w:r>
       <w:r w:rsidR="00884A83">
         <w:t>riate to stop (expected level 2a</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="000226E9" w:rsidRPr="00946F65">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> (IM/EM/Anaes/ICM)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EAEA3FF" w14:textId="77777777" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000226E9" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Key Capabilities:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD643E0" w14:textId="528D110F" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000226E9" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>Recognise and manage the initial phases of any acute life-threatening presentation including cardiac arrest and peri-arrest situations</w:t>
       </w:r>
       <w:r w:rsidR="00946F65">
         <w:t>.</w:t>
@@ -2744,97 +2741,106 @@
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="215486248"/>
                 <w:placeholder>
                   <w:docPart w:val="8FF3C29827A14479A3A1503D811FCF6E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FF8EE1C" w14:textId="78407935" w:rsidR="00223142" w:rsidRPr="00946F65" w:rsidRDefault="00A0590C" w:rsidP="001779B2">
+    <w:p w14:paraId="6FF8EE1C" w14:textId="15722478" w:rsidR="00223142" w:rsidRPr="00946F65" w:rsidRDefault="00A0590C" w:rsidP="001779B2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">ACCS LO </w:t>
       </w:r>
       <w:r w:rsidR="008A1ADD" w:rsidRPr="00946F65">
         <w:t>5. Deliver key ACCS procedural skills</w:t>
       </w:r>
+      <w:r w:rsidR="00DB2D3B">
+        <w:t xml:space="preserve"> (IM/EM/Anaes/ICM)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="38D5CFD4" w14:textId="3C17173C" w:rsidR="008A1ADD" w:rsidRPr="00946F65" w:rsidRDefault="008A1ADD" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Key Capabilities:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046DB0F8" w14:textId="5ED1F912" w:rsidR="008A1ADD" w:rsidRPr="00946F65" w:rsidRDefault="001A6928" w:rsidP="00946F65">
+    <w:p w14:paraId="046DB0F8" w14:textId="090B8933" w:rsidR="008A1ADD" w:rsidRPr="00946F65" w:rsidRDefault="00395D48" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00946F65">
-        <w:t>Apply</w:t>
+      <w:r>
+        <w:t>Possess the</w:t>
       </w:r>
       <w:r w:rsidR="00E81A81" w:rsidRPr="00946F65">
-        <w:t xml:space="preserve"> clinical knowledge to identify when key ACCS practical emergency skills are indicated</w:t>
+        <w:t xml:space="preserve"> clinical knowledge to identify when key practical emergency skills are indicated</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599E86E5" w14:textId="5D45EE40" w:rsidR="00E81A81" w:rsidRPr="00946F65" w:rsidRDefault="00040F3D" w:rsidP="00946F65">
+    <w:p w14:paraId="599E86E5" w14:textId="76DC5CCA" w:rsidR="00E81A81" w:rsidRPr="00946F65" w:rsidRDefault="00040F3D" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">Possess </w:t>
       </w:r>
       <w:r w:rsidR="00E81A81" w:rsidRPr="00946F65">
-        <w:t>the knowledge and psychomotor skills to perform the ACCS procedural skills safely and in a timely fashion</w:t>
+        <w:t xml:space="preserve">the knowledge and psychomotor skills to perform the </w:t>
+      </w:r>
+      <w:r w:rsidR="00395D48">
+        <w:t>skill</w:t>
+      </w:r>
+      <w:r w:rsidR="00E81A81" w:rsidRPr="00946F65">
+        <w:t xml:space="preserve"> safely and in a timely fashion</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1190B197" w14:textId="2F180491" w:rsidR="008A1ADD" w:rsidRPr="00946F65" w:rsidRDefault="008A1ADD" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Supervisor should review relevant evidence including logbooks, DOPs, e-learning, courses</w:t>
       </w:r>
       <w:r w:rsidR="001A6928" w:rsidRPr="00946F65">
         <w:t>, simulation</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> etc</w:t>
       </w:r>
       <w:r w:rsidR="001A6928" w:rsidRPr="00946F65">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> and comment on procedures relevant to the placement.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -2911,63 +2917,75 @@
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>Know how to reduce the risk of harm to themselves whilst working in acute care</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570F5626" w14:textId="743B261D" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000226E9" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>Understand the personal and professional attributes of an effective acute care clinician</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0268DD5B" w14:textId="1C320CF7" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000226E9" w:rsidP="00946F65">
+    <w:p w14:paraId="0268DD5B" w14:textId="1C320CF7" w:rsidR="000226E9" w:rsidRDefault="000226E9" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>Able to effectively manage their own clinical workload</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DFB0E61" w14:textId="6B8FEC40" w:rsidR="00395D48" w:rsidRPr="00946F65" w:rsidRDefault="00395D48" w:rsidP="00946F65">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Able to deal with common challenging interactions in the workplace.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B85CC45" w14:textId="5E18BCAA" w:rsidR="00A0590C" w:rsidRPr="00946F65" w:rsidRDefault="00A0590C" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Indicate a suggested entrustment rating as appropriate</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="001779B2" w:rsidRPr="001779B2">
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:rPr>
           <w:id w:val="-1868980983"/>
           <w:placeholder>
             <w:docPart w:val="AAED70613326458DA78551AF5035F00A"/>
           </w:placeholder>
           <w:comboBox>
@@ -3016,174 +3034,144 @@
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="628591637"/>
                 <w:placeholder>
                   <w:docPart w:val="02D4C9C182284EE988C425F378987B3A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="57A64236" w14:textId="20473D4C" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000F32E7" w:rsidP="001779B2">
+    <w:p w14:paraId="57A64236" w14:textId="22B50FEF" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000F32E7" w:rsidP="001779B2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>ACCS LO</w:t>
       </w:r>
       <w:r w:rsidR="001F76BD" w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000226E9" w:rsidRPr="00946F65">
         <w:t>7</w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk66273166"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk66273166"/>
       <w:r w:rsidR="000226E9" w:rsidRPr="00946F65">
-        <w:t>. Provide safe basic anaesthetic care including sedation</w:t>
-[...4 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">. Provide safe basic anaesthetic care </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">(expected: Completion of Initial Assessment of Competence </w:t>
       </w:r>
       <w:r w:rsidR="00A0590C" w:rsidRPr="00946F65">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00633470" w:rsidRPr="00946F65">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t>As 1 and 2</w:t>
       </w:r>
       <w:r w:rsidR="00A0590C" w:rsidRPr="00946F65">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
-        <w:t xml:space="preserve">, completion of HALO for </w:t>
-[...5 lines deleted...]
-        <w:t>edation)</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A0590C" w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> (Anaes)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2046E9F6" w14:textId="77777777" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000226E9" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Key Capabilities:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B8A3BC3" w14:textId="1930085E" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000226E9" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>Pre-operatively assess, optimise and prepare patients for anaesthesia</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612386EC" w14:textId="62BDB2D2" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000226E9" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>Safely induce, maintain and support recovery from anaesthesia including recognition and management of complications</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFBF8D5" w14:textId="5809236B" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000226E9" w:rsidP="00946F65">
+    <w:p w14:paraId="1F85C8D7" w14:textId="1D8E55FA" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="000226E9" w:rsidP="00395D48">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">Provide urgent or emergency anaesthesia to ASA </w:t>
       </w:r>
       <w:r w:rsidR="002F729F">
         <w:t>1-3</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> patients requiring uncomplicated surgery including stabilisation and transfer</w:t>
-      </w:r>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> patients</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A76A231" w14:textId="57662194" w:rsidR="000226E9" w:rsidRPr="00946F65" w:rsidRDefault="00A0590C" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Indicate as appropriate</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000226E9" w:rsidRPr="00946F65">
         <w:t xml:space="preserve">EPA 1 &amp; 2 (IAC): </w:t>
       </w:r>
       <w:r w:rsidR="00C51E40" w:rsidRPr="00946F65">
         <w:t xml:space="preserve">achieved: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
@@ -3193,104 +3181,50 @@
           <w:id w:val="1224866292"/>
           <w:placeholder>
             <w:docPart w:val="48D21A5F1E954F91B9F707F8758678D0"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Yes" w:value="Yes"/>
             <w:listItem w:displayText="No" w:value="No"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>yes/no</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000226E9" w:rsidRPr="00946F65">
         <w:tab/>
       </w:r>
-    </w:p>
-[...52 lines deleted...]
-      </w:sdt>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="001779B2" w14:paraId="7E9B31FD" w14:textId="77777777" w:rsidTr="001779B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C09CA1A" w14:textId="3B4BAAF2" w:rsidR="001779B2" w:rsidRDefault="001779B2" w:rsidP="00946F65">
             <w:r w:rsidRPr="00946F65">
               <w:t>Comments:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
@@ -3507,69 +3441,69 @@
     <w:p w14:paraId="62495923" w14:textId="448FE568" w:rsidR="00512850" w:rsidRPr="00946F65" w:rsidRDefault="001F76BD" w:rsidP="001779B2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">ACCS LO </w:t>
       </w:r>
       <w:r w:rsidR="00512850" w:rsidRPr="00946F65">
         <w:t>9. Support, supervise and educate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F77506B" w14:textId="1CDF8078" w:rsidR="004C079B" w:rsidRPr="00946F65" w:rsidRDefault="004C079B" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Key Capabilities:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64958B9C" w14:textId="245DD3A4" w:rsidR="004C079B" w:rsidRPr="00946F65" w:rsidRDefault="004C079B" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
-        <w:lastRenderedPageBreak/>
         <w:t>Able to set learning objectives for and deliver a teaching session</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65941AAB" w14:textId="3E8D0DF9" w:rsidR="00AB2CB2" w:rsidRPr="00946F65" w:rsidRDefault="004C079B" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
+        <w:lastRenderedPageBreak/>
         <w:t>Able to deliver effective feedback to a junior colleague or allied health professional with an action plan</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk71562974"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk71562974"/>
       <w:r w:rsidR="001779B2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="001779B2" w14:paraId="35A8FD5A" w14:textId="77777777" w:rsidTr="001779B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07A3E586" w14:textId="651DABA2" w:rsidR="001779B2" w:rsidRDefault="001779B2" w:rsidP="00946F65">
             <w:r w:rsidRPr="00946F65">
               <w:t>Comments:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -3578,60 +3512,66 @@
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1610577907"/>
                 <w:placeholder>
                   <w:docPart w:val="2C7DE61DF8424DF8B267E018F03C1F1B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="5962B453" w14:textId="59DE17F4" w:rsidR="00512850" w:rsidRPr="00946F65" w:rsidRDefault="001F76BD" w:rsidP="001779B2">
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="5962B453" w14:textId="5B4F2DA1" w:rsidR="00512850" w:rsidRPr="00946F65" w:rsidRDefault="001F76BD" w:rsidP="001779B2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">ACCS LO </w:t>
       </w:r>
       <w:r w:rsidR="00512850" w:rsidRPr="00946F65">
-        <w:t>10. Participate in research and manage data</w:t>
+        <w:t>10. Participate in research and manag</w:t>
+      </w:r>
+      <w:r w:rsidR="00395D48">
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00512850" w:rsidRPr="00946F65">
+        <w:t xml:space="preserve"> data</w:t>
       </w:r>
       <w:r w:rsidR="00891D2A" w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="00512850" w:rsidRPr="00946F65">
         <w:t>ppropriately</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ECFE131" w14:textId="0E46B368" w:rsidR="004C079B" w:rsidRPr="00946F65" w:rsidRDefault="004C079B" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Key Capabilities:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49B4A558" w14:textId="3E4950CD" w:rsidR="00C93A82" w:rsidRPr="00946F65" w:rsidRDefault="004C079B" w:rsidP="00946F65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>Able to search the medical literature effectively and know how to critically appraise studies</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
@@ -3766,53 +3706,59 @@
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="577EE0C4" w14:textId="1A4B5F2D" w:rsidR="00B863DF" w:rsidRPr="00946F65" w:rsidRDefault="00B863DF" w:rsidP="001779B2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">Honesty and </w:t>
       </w:r>
       <w:r w:rsidR="00272011" w:rsidRPr="00946F65">
         <w:t>Probity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39819AFE" w14:textId="5BC0CE68" w:rsidR="00B863DF" w:rsidRPr="00946F65" w:rsidRDefault="00B863DF" w:rsidP="00946F65">
-[...1 lines deleted...]
-        <w:t>Do you have any concerns about the trainee's honesty</w:t>
+    <w:p w14:paraId="39819AFE" w14:textId="5D8D1E83" w:rsidR="00B863DF" w:rsidRPr="00946F65" w:rsidRDefault="00B863DF" w:rsidP="00946F65">
+      <w:r w:rsidRPr="00946F65">
+        <w:t xml:space="preserve">Do you have any concerns about the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2D3B">
+        <w:t>trainee’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00946F65">
+        <w:t xml:space="preserve"> honesty</w:t>
       </w:r>
       <w:r w:rsidR="00272011" w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> or p</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t>robity</w:t>
       </w:r>
       <w:r w:rsidR="00272011" w:rsidRPr="00946F65">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:rPr>
           <w:id w:val="229281005"/>
           <w:placeholder>
             <w:docPart w:val="3584ED1311EE43AFB27B54D4AE8C84B3"/>
           </w:placeholder>
           <w:comboBox>
@@ -3840,51 +3786,51 @@
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> please provide details</w:t>
       </w:r>
       <w:r w:rsidR="00DA3474" w:rsidRPr="00946F65">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="001779B2" w14:paraId="6DA6915E" w14:textId="77777777" w:rsidTr="001779B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D80B4D8" w14:textId="68F7A157" w:rsidR="001779B2" w:rsidRDefault="00D73E3E" w:rsidP="00946F65">
+          <w:p w14:paraId="1D80B4D8" w14:textId="68F7A157" w:rsidR="001779B2" w:rsidRDefault="007B5956" w:rsidP="00946F65">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-161319133"/>
                 <w:placeholder>
                   <w:docPart w:val="8DF74CCAC94543FD9C443D8B6A29DDF3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
@@ -3909,95 +3855,101 @@
       </w:r>
       <w:r w:rsidR="00AB086D" w:rsidRPr="00946F65">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t>TOOT</w:t>
       </w:r>
       <w:r w:rsidR="00AB086D" w:rsidRPr="00946F65">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="001779B2" w14:paraId="41263457" w14:textId="77777777" w:rsidTr="001779B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1C48EA" w14:textId="680CF7F3" w:rsidR="001779B2" w:rsidRDefault="00D73E3E" w:rsidP="00946F65">
+          <w:p w14:paraId="7D1C48EA" w14:textId="680CF7F3" w:rsidR="001779B2" w:rsidRDefault="007B5956" w:rsidP="00946F65">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1827481133"/>
                 <w:placeholder>
                   <w:docPart w:val="D45B67BD1BC44CAFA9924DA5BD18449B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B90A434" w14:textId="6CDE0E84" w:rsidR="001F76BD" w:rsidRPr="00946F65" w:rsidRDefault="001779B2" w:rsidP="001779B2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="150168EA" w14:textId="2A43041B" w:rsidR="00B863DF" w:rsidRPr="00946F65" w:rsidRDefault="00B863DF" w:rsidP="00946F65">
+    <w:p w14:paraId="150168EA" w14:textId="49FB9355" w:rsidR="00B863DF" w:rsidRPr="00946F65" w:rsidRDefault="00B863DF" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Do you have any</w:t>
       </w:r>
       <w:r w:rsidR="00401D9F" w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> other</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
-        <w:t xml:space="preserve"> concerns about the trainee?</w:t>
+        <w:t xml:space="preserve"> concerns about the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2D3B">
+        <w:t>trainee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00946F65">
+        <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           </w:rPr>
           <w:id w:val="-187843940"/>
           <w:placeholder>
             <w:docPart w:val="5A070D9E725E45CF9CDBB492BCE1AD49"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Yes" w:value="Yes"/>
             <w:listItem w:displayText="No" w:value="No"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
             <w:rPr>
@@ -4013,51 +3965,51 @@
     <w:p w14:paraId="5E291652" w14:textId="77777777" w:rsidR="001779B2" w:rsidRPr="00946F65" w:rsidRDefault="001779B2" w:rsidP="001779B2">
       <w:r w:rsidRPr="00946F65">
         <w:t>If yes</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve"> please provide details:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="001779B2" w14:paraId="2B97B97A" w14:textId="77777777" w:rsidTr="001779B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D100B8B" w14:textId="70AC349D" w:rsidR="001779B2" w:rsidRDefault="00D73E3E" w:rsidP="00946F65">
+          <w:p w14:paraId="3D100B8B" w14:textId="70AC349D" w:rsidR="001779B2" w:rsidRDefault="007B5956" w:rsidP="00946F65">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="552745275"/>
                 <w:placeholder>
                   <w:docPart w:val="FB209B87B3E9498BA170FD6066051DE2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
@@ -4068,195 +4020,195 @@
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Overall</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1911D57B" w14:textId="620B7149" w:rsidR="00B863DF" w:rsidRPr="00946F65" w:rsidRDefault="00B863DF" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Overall summary of performance</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="001779B2" w14:paraId="0AF7D6B4" w14:textId="77777777" w:rsidTr="001779B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2701CBE5" w14:textId="5FDB6379" w:rsidR="001779B2" w:rsidRDefault="00D73E3E" w:rsidP="00946F65">
+          <w:p w14:paraId="2701CBE5" w14:textId="5FDB6379" w:rsidR="001779B2" w:rsidRDefault="007B5956" w:rsidP="00946F65">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1062949041"/>
                 <w:placeholder>
                   <w:docPart w:val="49DBDB619009464081EC80BA612E1D3A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B233C41" w14:textId="1B3DB85A" w:rsidR="00B863DF" w:rsidRPr="00946F65" w:rsidRDefault="00B863DF" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Comment on what has gone well and any areas of excellence</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="001779B2" w14:paraId="33681121" w14:textId="77777777" w:rsidTr="001779B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64B29E19" w14:textId="220F2331" w:rsidR="001779B2" w:rsidRDefault="00D73E3E" w:rsidP="00946F65">
+          <w:p w14:paraId="64B29E19" w14:textId="220F2331" w:rsidR="001779B2" w:rsidRDefault="007B5956" w:rsidP="00946F65">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1443063517"/>
                 <w:placeholder>
                   <w:docPart w:val="EE685EAAE63C4FB6B2622876E3D027AC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42D92F87" w14:textId="6451B77B" w:rsidR="001B160B" w:rsidRPr="00946F65" w:rsidRDefault="00B863DF" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t>Comment on areas for development</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="001779B2" w14:paraId="6D0399BB" w14:textId="77777777" w:rsidTr="001779B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF80C7A" w14:textId="4628BEEB" w:rsidR="001779B2" w:rsidRDefault="00D73E3E" w:rsidP="00946F65">
+          <w:p w14:paraId="5EF80C7A" w14:textId="4628BEEB" w:rsidR="001779B2" w:rsidRDefault="007B5956" w:rsidP="00946F65">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1877619365"/>
                 <w:placeholder>
                   <w:docPart w:val="39E0E1AFB4B642C89DEEB4EF61857193"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42A96A34" w14:textId="166B4A79" w:rsidR="001B160B" w:rsidRPr="00946F65" w:rsidRDefault="001B160B" w:rsidP="00946F65">
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">Suggestions for personal development plan in next </w:t>
       </w:r>
       <w:r w:rsidR="00793361" w:rsidRPr="00946F65">
         <w:t>placement</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="001779B2" w14:paraId="0336D97E" w14:textId="77777777" w:rsidTr="001779B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39C2DA20" w14:textId="3848757B" w:rsidR="001779B2" w:rsidRDefault="00D73E3E" w:rsidP="00946F65">
+          <w:p w14:paraId="39C2DA20" w14:textId="3848757B" w:rsidR="001779B2" w:rsidRDefault="007B5956" w:rsidP="00946F65">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="190660767"/>
                 <w:placeholder>
                   <w:docPart w:val="CAD145D74BC64F52B99FBE54C4AFCF63"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
@@ -4266,53 +4218,54 @@
     <w:p w14:paraId="4D03971E" w14:textId="77777777" w:rsidR="001779B2" w:rsidRPr="00946F65" w:rsidRDefault="001779B2" w:rsidP="001779B2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t>The ACCS placement clinical supervisor must sign this certificate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F87D3A1" w14:textId="77777777" w:rsidR="001779B2" w:rsidRDefault="00723A00" w:rsidP="00946F65">
       <w:r w:rsidRPr="001779B2">
         <w:t>Signed:</w:t>
       </w:r>
       <w:r w:rsidR="001779B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Insert an image of the signature here (or sign a printed copy)"/>
           <w:tag w:val="Insert an image of the signature here (or sign a printed copy)"/>
           <w:id w:val="1904490919"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="001779B2">
+          <w:r w:rsidR="001779B2" w:rsidRPr="007B5956">
             <w:rPr>
               <w:noProof/>
+              <w:u w:val="single"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4202D977" wp14:editId="09659313">
                 <wp:extent cx="5191760" cy="548229"/>
                 <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                 <wp:docPr id="86" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId14">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
@@ -4390,88 +4343,103 @@
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-764768037"/>
           <w:placeholder>
             <w:docPart w:val="E9E2628D5C464DA3B75014EF56840A4C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001779B2" w:rsidRPr="00946F65">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3B6CC2F2" w14:textId="77777777" w:rsidR="001779B2" w:rsidRDefault="001779B2" w:rsidP="00946F65"/>
-    <w:p w14:paraId="66AD7AC6" w14:textId="77777777" w:rsidR="001779B2" w:rsidRPr="00946F65" w:rsidRDefault="001779B2" w:rsidP="001779B2">
+    <w:p w14:paraId="66AD7AC6" w14:textId="7D296E1B" w:rsidR="001779B2" w:rsidRPr="00946F65" w:rsidRDefault="001779B2" w:rsidP="001779B2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00946F65">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ACCS trainee </w:t>
+        <w:t xml:space="preserve">ACCS </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2D3B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>trainee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00946F65">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00946F65">
         <w:t>must sign this certificate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08353D8A" w14:textId="01552DE3" w:rsidR="001779B2" w:rsidRDefault="001779B2" w:rsidP="001779B2">
       <w:r w:rsidRPr="001779B2">
         <w:t>Signed:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Insert an image of the signature here (or sign a printed copy)"/>
           <w:tag w:val="Insert an image of the signature here (or sign a printed copy)"/>
           <w:id w:val="493533377"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidRPr="007B5956">
             <w:rPr>
               <w:noProof/>
+              <w:u w:val="single"/>
               <w:lang w:eastAsia="en-GB"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A311922" wp14:editId="789E187F">
                 <wp:extent cx="5191760" cy="548229"/>
                 <wp:effectExtent l="0" t="0" r="0" b="4445"/>
                 <wp:docPr id="87" name="Picture 1" descr="Shape&#10;&#10;Description automatically generated with low confidence"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="87" name="Picture 1" descr="Shape&#10;&#10;Description automatically generated with low confidence"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId14">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
@@ -4560,146 +4528,146 @@
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00946F65">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr w:rsidR="001779B2" w:rsidRPr="001779B2" w:rsidSect="00946F65">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="01C6A899" w14:textId="77777777" w:rsidR="00DA1B13" w:rsidRDefault="00DA1B13" w:rsidP="00946F65">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2686E608" w14:textId="77777777" w:rsidR="00DA1B13" w:rsidRDefault="00DA1B13" w:rsidP="00946F65">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-826970787"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-360131136"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="6A4B3CF8" w14:textId="77777777" w:rsidR="0024344D" w:rsidRDefault="0024344D" w:rsidP="001779B2">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -4796,51 +4764,51 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="001779B2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="-1791423097"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="977963896"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
@@ -4949,51 +4917,51 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00946F65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-144430216"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-302543770"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="2A70374F" w14:textId="2306B4D5" w:rsidR="001779B2" w:rsidRDefault="001779B2" w:rsidP="001779B2">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -5090,51 +5058,51 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="001779B2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="30474302"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
@@ -5243,70 +5211,70 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00946F65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6BF91FBA" w14:textId="77777777" w:rsidR="00DA1B13" w:rsidRDefault="00DA1B13" w:rsidP="00946F65">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5C1E68BF" w14:textId="77777777" w:rsidR="00DA1B13" w:rsidRDefault="00DA1B13" w:rsidP="00946F65">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EC9C2E0" w14:textId="77777777" w:rsidR="0024344D" w:rsidRDefault="0024344D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="089D9BCC" wp14:editId="216E9CFB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>845820</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>421005</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1692000" cy="838800"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1" descr="Logo, company name&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -5327,51 +5295,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1692000" cy="838800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0BF699F3" w14:textId="5B5CA581" w:rsidR="00946F65" w:rsidRDefault="00946F65">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C46343C" wp14:editId="7B2A68E3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>845820</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>421005</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1692000" cy="838800"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="88" name="Picture 88" descr="Logo, company name&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -5392,51 +5360,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1692000" cy="838800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08502836"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C40476B2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7120,171 +7088,173 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="98793917">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1992638927">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2115132308">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1367097210">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="198204965">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="604119676">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1325737484">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="299073438">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1371563669">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1122648158">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="74790928">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1694110948">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="24790847">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1666935991">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1280065580">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1471366907">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="pPxk1lumtqJr7rrpTA8V/hXSYmeE335K28r0vGLvEq81MoHSN7p0BCgoWBCpQuVoati0Wwq06eD7HToSMhufvw==" w:salt="wixPda9jFgfb6R7kzbfIDw=="/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="eaGt1BQ0QhiPvOhq3SEgthhZnCjcwUAaPAP0//j4aPj6A+g3xP993Jls5K/qxWdv9k2xoGCypan0Hm/oiPiA4A==" w:salt="nbaRHAPCXX/ZCHJ79HCILQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC6EE8"/>
     <w:rsid w:val="00004755"/>
     <w:rsid w:val="00005BD9"/>
     <w:rsid w:val="00014499"/>
     <w:rsid w:val="00020E42"/>
     <w:rsid w:val="00021744"/>
     <w:rsid w:val="000226E9"/>
     <w:rsid w:val="00031092"/>
     <w:rsid w:val="00040F3D"/>
     <w:rsid w:val="00062EDB"/>
     <w:rsid w:val="000B3E99"/>
     <w:rsid w:val="000C0AA4"/>
     <w:rsid w:val="000F32E7"/>
     <w:rsid w:val="00110A9E"/>
     <w:rsid w:val="0011645C"/>
     <w:rsid w:val="00121916"/>
     <w:rsid w:val="00142B71"/>
     <w:rsid w:val="00147583"/>
     <w:rsid w:val="00163C0F"/>
     <w:rsid w:val="00170631"/>
     <w:rsid w:val="001779B2"/>
     <w:rsid w:val="001825ED"/>
     <w:rsid w:val="00186A74"/>
     <w:rsid w:val="001973BF"/>
     <w:rsid w:val="001A6928"/>
     <w:rsid w:val="001A7F27"/>
     <w:rsid w:val="001B160B"/>
     <w:rsid w:val="001F76BD"/>
     <w:rsid w:val="00202062"/>
     <w:rsid w:val="002228D9"/>
     <w:rsid w:val="00223142"/>
     <w:rsid w:val="0024344D"/>
     <w:rsid w:val="00253D0F"/>
     <w:rsid w:val="0026699E"/>
     <w:rsid w:val="00272011"/>
     <w:rsid w:val="002B5AD4"/>
     <w:rsid w:val="002D44E9"/>
     <w:rsid w:val="002F3646"/>
     <w:rsid w:val="002F729F"/>
     <w:rsid w:val="003076E3"/>
     <w:rsid w:val="003350E1"/>
     <w:rsid w:val="00373EF5"/>
     <w:rsid w:val="00375747"/>
     <w:rsid w:val="00395669"/>
+    <w:rsid w:val="00395D48"/>
     <w:rsid w:val="003C76DA"/>
     <w:rsid w:val="003D1BCA"/>
     <w:rsid w:val="003F6F2D"/>
     <w:rsid w:val="00401D9F"/>
     <w:rsid w:val="00412DEB"/>
     <w:rsid w:val="0042120A"/>
     <w:rsid w:val="00435BBF"/>
     <w:rsid w:val="004374D4"/>
     <w:rsid w:val="004615C5"/>
     <w:rsid w:val="00467458"/>
     <w:rsid w:val="00471D70"/>
     <w:rsid w:val="00485D23"/>
     <w:rsid w:val="00491940"/>
     <w:rsid w:val="004928F1"/>
     <w:rsid w:val="00495C94"/>
     <w:rsid w:val="004A1EFA"/>
     <w:rsid w:val="004B4663"/>
     <w:rsid w:val="004C079B"/>
     <w:rsid w:val="004C624C"/>
     <w:rsid w:val="004E0461"/>
     <w:rsid w:val="0050290D"/>
     <w:rsid w:val="00512850"/>
     <w:rsid w:val="005221E3"/>
     <w:rsid w:val="005600CC"/>
     <w:rsid w:val="00581846"/>
@@ -7293,82 +7263,84 @@
     <w:rsid w:val="005E7822"/>
     <w:rsid w:val="005F0B2A"/>
     <w:rsid w:val="005F7FE3"/>
     <w:rsid w:val="00614388"/>
     <w:rsid w:val="00620845"/>
     <w:rsid w:val="00633470"/>
     <w:rsid w:val="00642D19"/>
     <w:rsid w:val="00652A7B"/>
     <w:rsid w:val="00682856"/>
     <w:rsid w:val="006B70C7"/>
     <w:rsid w:val="006E4273"/>
     <w:rsid w:val="006E4CD3"/>
     <w:rsid w:val="006F6648"/>
     <w:rsid w:val="006F6D00"/>
     <w:rsid w:val="0070449C"/>
     <w:rsid w:val="007224C5"/>
     <w:rsid w:val="00723A00"/>
     <w:rsid w:val="00726E0E"/>
     <w:rsid w:val="00735DD4"/>
     <w:rsid w:val="007435FA"/>
     <w:rsid w:val="007669CE"/>
     <w:rsid w:val="00770BB2"/>
     <w:rsid w:val="00793361"/>
     <w:rsid w:val="007A73FF"/>
     <w:rsid w:val="007A7982"/>
+    <w:rsid w:val="007B5956"/>
     <w:rsid w:val="007B699B"/>
     <w:rsid w:val="007C468B"/>
     <w:rsid w:val="007E575C"/>
     <w:rsid w:val="008064CD"/>
     <w:rsid w:val="008126B8"/>
     <w:rsid w:val="0083608D"/>
     <w:rsid w:val="00843F73"/>
     <w:rsid w:val="008468B7"/>
     <w:rsid w:val="00860375"/>
     <w:rsid w:val="00884487"/>
     <w:rsid w:val="00884A83"/>
     <w:rsid w:val="00891D2A"/>
     <w:rsid w:val="008A1ADD"/>
     <w:rsid w:val="008A7790"/>
     <w:rsid w:val="008C5E56"/>
     <w:rsid w:val="008D41AD"/>
     <w:rsid w:val="00901D7C"/>
     <w:rsid w:val="009162DF"/>
     <w:rsid w:val="00945F92"/>
     <w:rsid w:val="00946F65"/>
     <w:rsid w:val="00950E82"/>
     <w:rsid w:val="00952420"/>
     <w:rsid w:val="00956EC9"/>
     <w:rsid w:val="0096018C"/>
     <w:rsid w:val="00967FB9"/>
     <w:rsid w:val="00972048"/>
     <w:rsid w:val="00973251"/>
     <w:rsid w:val="00974C3A"/>
     <w:rsid w:val="009832C6"/>
     <w:rsid w:val="009972C4"/>
     <w:rsid w:val="009A058F"/>
     <w:rsid w:val="009B1AB3"/>
+    <w:rsid w:val="009C510E"/>
     <w:rsid w:val="00A0389E"/>
     <w:rsid w:val="00A0590C"/>
     <w:rsid w:val="00A146BA"/>
     <w:rsid w:val="00A21EDC"/>
     <w:rsid w:val="00A3036A"/>
     <w:rsid w:val="00A42407"/>
     <w:rsid w:val="00A72F39"/>
     <w:rsid w:val="00A74901"/>
     <w:rsid w:val="00A777BF"/>
     <w:rsid w:val="00AA0A7D"/>
     <w:rsid w:val="00AB086D"/>
     <w:rsid w:val="00AB2CB2"/>
     <w:rsid w:val="00AE14E3"/>
     <w:rsid w:val="00AF6D63"/>
     <w:rsid w:val="00B364F2"/>
     <w:rsid w:val="00B433E5"/>
     <w:rsid w:val="00B4678D"/>
     <w:rsid w:val="00B5103A"/>
     <w:rsid w:val="00B56B51"/>
     <w:rsid w:val="00B660A0"/>
     <w:rsid w:val="00B8092C"/>
     <w:rsid w:val="00B81601"/>
     <w:rsid w:val="00B863DF"/>
     <w:rsid w:val="00BA7A1D"/>
     <w:rsid w:val="00BE186C"/>
@@ -7377,50 +7349,51 @@
     <w:rsid w:val="00C16D87"/>
     <w:rsid w:val="00C21E36"/>
     <w:rsid w:val="00C43D46"/>
     <w:rsid w:val="00C51E40"/>
     <w:rsid w:val="00C565CA"/>
     <w:rsid w:val="00C612B7"/>
     <w:rsid w:val="00C648F1"/>
     <w:rsid w:val="00C73D63"/>
     <w:rsid w:val="00C86C23"/>
     <w:rsid w:val="00C93A82"/>
     <w:rsid w:val="00CC6EE8"/>
     <w:rsid w:val="00CE03BA"/>
     <w:rsid w:val="00CF17AA"/>
     <w:rsid w:val="00D1218E"/>
     <w:rsid w:val="00D155E5"/>
     <w:rsid w:val="00D323BE"/>
     <w:rsid w:val="00D343D4"/>
     <w:rsid w:val="00D361EE"/>
     <w:rsid w:val="00D51F51"/>
     <w:rsid w:val="00D637A1"/>
     <w:rsid w:val="00D675A3"/>
     <w:rsid w:val="00D73E3E"/>
     <w:rsid w:val="00D86542"/>
     <w:rsid w:val="00DA1B13"/>
     <w:rsid w:val="00DA3474"/>
+    <w:rsid w:val="00DB2D3B"/>
     <w:rsid w:val="00DD6DBF"/>
     <w:rsid w:val="00DD7785"/>
     <w:rsid w:val="00E45516"/>
     <w:rsid w:val="00E46A82"/>
     <w:rsid w:val="00E512D8"/>
     <w:rsid w:val="00E544CB"/>
     <w:rsid w:val="00E6114B"/>
     <w:rsid w:val="00E71890"/>
     <w:rsid w:val="00E81A81"/>
     <w:rsid w:val="00E87A30"/>
     <w:rsid w:val="00EA0DA7"/>
     <w:rsid w:val="00EE1A5E"/>
     <w:rsid w:val="00EF1B8E"/>
     <w:rsid w:val="00F203D2"/>
     <w:rsid w:val="00F40495"/>
     <w:rsid w:val="00F42D28"/>
     <w:rsid w:val="00F468D2"/>
     <w:rsid w:val="00F5439E"/>
     <w:rsid w:val="00F57A22"/>
     <w:rsid w:val="00FD6A42"/>
     <w:rsid w:val="00FE32AE"/>
     <w:rsid w:val="00FE4B91"/>
     <w:rsid w:val="00FF000B"/>
     <w:rsid w:val="00FF2C3B"/>
   </w:rsids>
@@ -7432,67 +7405,67 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="067F2790"/>
   <w15:docId w15:val="{8F8E0A7C-B1C0-48C7-B328-E0D5D4314AD4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7811,50 +7784,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00946F65"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001779B2"/>
     <w:pPr>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -8111,75 +8089,75 @@
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00946F65"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00946F65"/>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DF270D2678504473AB68571EF7E0DD00"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4DA7FACB-B918-46FB-8053-2E2A07C343FD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006E2041" w:rsidRDefault="004F3BC9" w:rsidP="004F3BC9">
           <w:pPr>
             <w:pStyle w:val="DF270D2678504473AB68571EF7E0DD00"/>
           </w:pPr>
           <w:r w:rsidRPr="004D123E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -9151,79 +9129,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5692328C-CC94-44B3-9BFA-87242039598C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006E2041" w:rsidRDefault="004F3BC9" w:rsidP="004F3BC9">
           <w:pPr>
             <w:pStyle w:val="48D21A5F1E954F91B9F707F8758678D0"/>
           </w:pPr>
           <w:r w:rsidRPr="004D123E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0D382DF47C3E4B01BC11C3F7847EC6B3"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="08F539A195804F01BE4D082105D064CD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A5D67B43-788C-48ED-8805-335679C11353}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006E2041" w:rsidRDefault="004F3BC9" w:rsidP="004F3BC9">
           <w:pPr>
             <w:pStyle w:val="08F539A195804F01BE4D082105D064CD"/>
           </w:pPr>
           <w:r w:rsidRPr="004D123E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -9881,189 +9830,203 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{90E77435-1336-45D5-9044-3257275EFEDD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00846F09" w:rsidRDefault="005A5FB7" w:rsidP="005A5FB7">
           <w:pPr>
             <w:pStyle w:val="6E578418D5954CC2AD3A7FE7F38C67D2"/>
           </w:pPr>
           <w:r w:rsidRPr="004D123E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F3BC9"/>
     <w:rsid w:val="0033759E"/>
     <w:rsid w:val="00384499"/>
     <w:rsid w:val="004F3BC9"/>
     <w:rsid w:val="005A5FB7"/>
     <w:rsid w:val="006E2041"/>
     <w:rsid w:val="00846F09"/>
+    <w:rsid w:val="009C510E"/>
     <w:rsid w:val="00AA037E"/>
     <w:rsid w:val="00C238A9"/>
     <w:rsid w:val="00F0449D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10391,50 +10354,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -10757,51 +10725,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0B4FF1F6F754FD2B9F05F5D20C253B8">
     <w:name w:val="A0B4FF1F6F754FD2B9F05F5D20C253B8"/>
     <w:rsid w:val="00C238A9"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1ED5B4EF43C245BA9AA16A2A759735BF">
     <w:name w:val="1ED5B4EF43C245BA9AA16A2A759735BF"/>
     <w:rsid w:val="005A5FB7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="81D9122532494C5F843D49D602AB233D">
     <w:name w:val="81D9122532494C5F843D49D602AB233D"/>
     <w:rsid w:val="005A5FB7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="77DEEE9144CA418E88784FFD2EAB2DC9">
     <w:name w:val="77DEEE9144CA418E88784FFD2EAB2DC9"/>
     <w:rsid w:val="005A5FB7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6E578418D5954CC2AD3A7FE7F38C67D2">
     <w:name w:val="6E578418D5954CC2AD3A7FE7F38C67D2"/>
     <w:rsid w:val="005A5FB7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -11079,70 +11047,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50C0501F-580C-4A7E-966B-EF7CB44DC986}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1676</Words>
-  <Characters>9555</Characters>
+  <Words>1729</Words>
+  <Characters>9410</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>218</Lines>
+  <Paragraphs>198</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11209</CharactersWithSpaces>
+  <CharactersWithSpaces>10941</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dangela 2015</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>