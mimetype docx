--- v0 (2025-10-03)
+++ v1 (2025-10-31)
@@ -71,169 +71,173 @@
         </w:tabs>
         <w:spacing w:before="300"/>
         <w:ind w:left="108"/>
       </w:pPr>
       <w:r w:rsidRPr="00C03955">
         <w:t>This is to certify that (</w:t>
       </w:r>
       <w:r w:rsidR="000C3003">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00C03955">
         <w:t>ame)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="621346787"/>
           <w:placeholder>
             <w:docPart w:val="82B54E573BD446C09A8C030BD60A9D91"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C3003" w:rsidRPr="009814C0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">Click or tap here to enter </w:t>
           </w:r>
           <w:r w:rsidR="000C3003">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>name</w:t>
           </w:r>
           <w:r w:rsidR="000C3003" w:rsidRPr="009814C0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="60FC48ED" w14:textId="2577571D" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="00551DFA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1285"/>
         </w:tabs>
         <w:spacing w:before="300"/>
         <w:ind w:left="108"/>
       </w:pPr>
       <w:r w:rsidRPr="00C03955">
         <w:t>GMC number:</w:t>
       </w:r>
       <w:r w:rsidR="000C3003">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="376435759"/>
           <w:placeholder>
             <w:docPart w:val="2E789212CCF54D30A15331AA1638EDE1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C3003">
             <w:t>* * * * * * *</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C03955">
         <w:t>College Reference number:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1214267835"/>
           <w:placeholder>
             <w:docPart w:val="D72B93ABD1F14879A303C429E552B039"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C3003">
             <w:t>* * * * * *</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7DE928B2" w14:textId="1B6D7039" w:rsidR="00551DFA" w:rsidRPr="00C03955" w:rsidRDefault="00551DFA" w:rsidP="00551DFA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9632"/>
         </w:tabs>
         <w:spacing w:before="300" w:line="23" w:lineRule="atLeast"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00C03955">
         <w:t>as passed the Primary FRCA exam on</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="000C3003">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1494024352"/>
           <w:placeholder>
             <w:docPart w:val="58E367428B7B4392A12E52D38651F23B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C3003" w:rsidRPr="009814C0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="74CB27AD" w14:textId="414DCAAD" w:rsidR="00551DFA" w:rsidRPr="006A08D3" w:rsidRDefault="00551DFA" w:rsidP="00551DFA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9632"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="23" w:lineRule="atLeast"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -390,910 +394,1232 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48D21691" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Professional Behaviours and Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1128013465"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3EB89104" w14:textId="4D5AE621" w:rsidR="00551DFA" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="6B8F4F27" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="6B8F4F27" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE6C4B4" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="1FE6C4B4" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7314F41F" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="7314F41F" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Management and Professional Regulatory Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="697830785"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="05E63516" w14:textId="47854DBF" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="0DECD0B8" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="0DECD0B8" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73DC73EA" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="73DC73EA" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B57D5CF" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="6B57D5CF" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Team Working</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1720783469"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="23B26581" w14:textId="1EEC74E1" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="4F901ADA" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="4F901ADA" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="510FE7ED" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="510FE7ED" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A415B11" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="6A415B11" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Safety and Quality Improvement</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-526874787"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="684F918F" w14:textId="27FB7866" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="15C3CD11" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="15C3CD11" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6662F95B" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="6662F95B" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0501EE" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="7E0501EE" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Safeguarding</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-359897805"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2127FA8E" w14:textId="57830DD9" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="56B028C2" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="56B028C2" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139EB07D" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="139EB07D" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49E55E70" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="49E55E70" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Education and Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1284651931"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="7F64BCE9" w14:textId="62604C41" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="11108BB1" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="11108BB1" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F188CE4" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="3F188CE4" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE1EEAE" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="2BE1EEAE" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="36A44939">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Research and Managing Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="1186247462"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="158E599D" w14:textId="17A6948F" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="606C45D4" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="606C45D4" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42CBCCDC" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRPr="00F144B8" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="42CBCCDC" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRPr="00F144B8" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F144B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Specialty-specific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F7ED94F" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="1F7ED94F" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Perioperative Medicine and Health Promotion</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-650443349"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="606366D1" w14:textId="618B6F76" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="0994C620" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="0994C620" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="34BFB10E" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="34BFB10E" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38F83429" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="38F83429" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>General Anaesthesia</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="2055187206"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="24F5ED13" w14:textId="302354AD" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="0668FE25" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="0668FE25" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2B817365" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="2B817365" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2034C542" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="2034C542" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Regional Anaesthesia</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1394113012"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2380271B" w14:textId="6F5973C0" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="345DE415" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="345DE415" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="04EA81ED" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="04EA81ED" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33870238" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="33870238" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Resuscitation and Transfer</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1418404116"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="5D6CDCC2" w14:textId="321114CA" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="7E3E94C1" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="7E3E94C1" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1103B8CC" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="1103B8CC" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56D5224E" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="56D5224E" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Procedural Sedation</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-1465030393"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4991ED04" w14:textId="4582AEEE" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="6DFC7FAA" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="6DFC7FAA" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="41DDBC4E" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="41DDBC4E" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="728DD07A" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="728DD07A" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Pain</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="-2097537107"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4583D7D9" w14:textId="3DD0A1D9" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00551DFA" w14:paraId="1AB7F96C" w14:textId="77777777" w:rsidTr="36A44939">
+      <w:tr w:rsidR="00B470B5" w14:paraId="1AB7F96C" w14:textId="77777777" w:rsidTr="36A44939">
         <w:trPr>
           <w:trHeight w:val="370"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0ABA82D0" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="0ABA82D0" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30392853" w14:textId="77777777" w:rsidR="00551DFA" w:rsidRDefault="00551DFA" w:rsidP="009410B3">
+          <w:p w14:paraId="30392853" w14:textId="77777777" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9632"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Intensive Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+            </w:rPr>
+            <w:id w:val="263965600"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1843" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="1BCCCBED" w14:textId="1948B175" w:rsidR="00B470B5" w:rsidRDefault="00B470B5" w:rsidP="00B470B5">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="9632"/>
+                  </w:tabs>
+                  <w:spacing w:after="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="07871914" w14:textId="39A134AC" w:rsidR="006D0312" w:rsidRPr="00C03955" w:rsidRDefault="006D0312" w:rsidP="006D0312">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9632"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C03955">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The requirements to complete </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00C03955">
@@ -1327,50 +1653,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sign</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ed:</w:t>
       </w:r>
       <w:r w:rsidR="000C3003">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1808198895"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C3003" w:rsidRPr="000C3003">
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="20"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75FD869B" wp14:editId="0C7FC2C0">
                 <wp:extent cx="2880000" cy="540000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
@@ -1417,50 +1744,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidR="000C3003">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-922420238"/>
           <w:placeholder>
             <w:docPart w:val="28B31A93069B4941A0C46D55201F44DC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C3003" w:rsidRPr="009814C0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">Click or tap here to enter </w:t>
           </w:r>
           <w:r w:rsidR="000C3003">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>name</w:t>
           </w:r>
           <w:r w:rsidR="000C3003" w:rsidRPr="009814C0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="198101C8" w14:textId="220B8ACE" w:rsidR="006D0312" w:rsidRDefault="006D0312" w:rsidP="006D0312">
       <w:pPr>
         <w:spacing w:before="300"/>
@@ -1475,50 +1803,51 @@
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidR="000C3003">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="730040243"/>
           <w:placeholder>
             <w:docPart w:val="6DB58717E4BB4F9F873FEFEA49CD6BFB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000C3003" w:rsidRPr="009814C0">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="052E125A" w14:textId="77777777" w:rsidR="006D0312" w:rsidRPr="002C1392" w:rsidRDefault="006D0312" w:rsidP="0BE7E256">
       <w:pPr>
         <w:spacing w:before="300"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0BE7E256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
@@ -5762,53 +6091,53 @@
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="929191645">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1061059496">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1799908579">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2101367585">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="202255602">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="426081157">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="i/ocW28UdyYiXT+99X63dBnr2oq2e/qV+G8emZYlbKYyy5GO5/Pzfq3iMxao7fIQ5HKCO6mzoU9UduRUXKC/DQ==" w:salt="zaQAUGOtJfogqZPmt8ysTw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="m9bRKPA4U65V8e0WiBOa59tLjKIu2+ZL+3ZrWCpXhG8xtt2EKD/SmqaboCVdESTtAXv80/RsOx1IRmxRa92h2Q==" w:salt="fIt8wS7R+g2eRdO9eXHZWA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B0FFC"/>
     <w:rsid w:val="000053DA"/>
@@ -5847,108 +6176,112 @@
     <w:rsid w:val="004321DE"/>
     <w:rsid w:val="0048540F"/>
     <w:rsid w:val="004927B7"/>
     <w:rsid w:val="004B0FFC"/>
     <w:rsid w:val="004B6AA7"/>
     <w:rsid w:val="004C006C"/>
     <w:rsid w:val="004D1CE4"/>
     <w:rsid w:val="004E2C4E"/>
     <w:rsid w:val="005009CA"/>
     <w:rsid w:val="00500A5D"/>
     <w:rsid w:val="0051225A"/>
     <w:rsid w:val="005332AE"/>
     <w:rsid w:val="00542329"/>
     <w:rsid w:val="00551DFA"/>
     <w:rsid w:val="0056436D"/>
     <w:rsid w:val="00565BFF"/>
     <w:rsid w:val="00581832"/>
     <w:rsid w:val="005978A9"/>
     <w:rsid w:val="005E1651"/>
     <w:rsid w:val="005F090E"/>
     <w:rsid w:val="005F46CE"/>
     <w:rsid w:val="00616D0A"/>
     <w:rsid w:val="0068119D"/>
     <w:rsid w:val="006A08D3"/>
     <w:rsid w:val="006A33F6"/>
+    <w:rsid w:val="006B2C73"/>
     <w:rsid w:val="006D0312"/>
     <w:rsid w:val="006F5B72"/>
     <w:rsid w:val="00714E80"/>
     <w:rsid w:val="00770F59"/>
     <w:rsid w:val="00771B9A"/>
     <w:rsid w:val="0078768F"/>
     <w:rsid w:val="007B0222"/>
     <w:rsid w:val="007E63C3"/>
     <w:rsid w:val="007E6C68"/>
     <w:rsid w:val="007F615F"/>
     <w:rsid w:val="0080041C"/>
     <w:rsid w:val="008018D1"/>
     <w:rsid w:val="00832D78"/>
     <w:rsid w:val="00840B8A"/>
     <w:rsid w:val="0085487A"/>
     <w:rsid w:val="00857A93"/>
     <w:rsid w:val="008851B9"/>
     <w:rsid w:val="008906C1"/>
     <w:rsid w:val="008A192F"/>
     <w:rsid w:val="008E271D"/>
     <w:rsid w:val="00911F59"/>
     <w:rsid w:val="009319D6"/>
     <w:rsid w:val="00947C7F"/>
     <w:rsid w:val="00975948"/>
     <w:rsid w:val="00983A20"/>
     <w:rsid w:val="009B35B2"/>
     <w:rsid w:val="009B703F"/>
     <w:rsid w:val="009C725D"/>
     <w:rsid w:val="009D785C"/>
     <w:rsid w:val="00A01F2B"/>
     <w:rsid w:val="00A1625D"/>
     <w:rsid w:val="00A33BF2"/>
     <w:rsid w:val="00A65472"/>
     <w:rsid w:val="00A67442"/>
     <w:rsid w:val="00A95109"/>
     <w:rsid w:val="00A9567C"/>
     <w:rsid w:val="00AA668D"/>
+    <w:rsid w:val="00AF2EB6"/>
     <w:rsid w:val="00B167FC"/>
     <w:rsid w:val="00B27F3A"/>
     <w:rsid w:val="00B30D77"/>
+    <w:rsid w:val="00B470B5"/>
     <w:rsid w:val="00B512CE"/>
     <w:rsid w:val="00BB574A"/>
     <w:rsid w:val="00BD680D"/>
     <w:rsid w:val="00BF6B55"/>
     <w:rsid w:val="00C01866"/>
     <w:rsid w:val="00C03955"/>
     <w:rsid w:val="00C32EE4"/>
     <w:rsid w:val="00C47D93"/>
     <w:rsid w:val="00C67FD9"/>
     <w:rsid w:val="00C770C3"/>
     <w:rsid w:val="00C937F7"/>
     <w:rsid w:val="00CB31A1"/>
     <w:rsid w:val="00CB6049"/>
     <w:rsid w:val="00CF092E"/>
     <w:rsid w:val="00CF0FF1"/>
     <w:rsid w:val="00D12E41"/>
     <w:rsid w:val="00D52596"/>
     <w:rsid w:val="00D5647C"/>
+    <w:rsid w:val="00D6657F"/>
     <w:rsid w:val="00D74D0F"/>
     <w:rsid w:val="00D91081"/>
     <w:rsid w:val="00DC398F"/>
     <w:rsid w:val="00E3280C"/>
     <w:rsid w:val="00E42A2D"/>
     <w:rsid w:val="00E603C9"/>
     <w:rsid w:val="00E64099"/>
     <w:rsid w:val="00E662E5"/>
     <w:rsid w:val="00E72941"/>
     <w:rsid w:val="00E75D3F"/>
     <w:rsid w:val="00ED67EC"/>
     <w:rsid w:val="00EF31CF"/>
     <w:rsid w:val="00F564B1"/>
     <w:rsid w:val="00F66032"/>
     <w:rsid w:val="00FA263F"/>
     <w:rsid w:val="00FB324A"/>
     <w:rsid w:val="00FD6F0D"/>
     <w:rsid w:val="0BE7E256"/>
     <w:rsid w:val="36A44939"/>
     <w:rsid w:val="36C72D9D"/>
     <w:rsid w:val="57415593"/>
     <w:rsid w:val="58CE7609"/>
     <w:rsid w:val="7E0E2759"/>
   </w:rsids>
   <m:mathPr>
@@ -7190,50 +7523,52 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004E24EB"/>
     <w:rsid w:val="004E24EB"/>
     <w:rsid w:val="009C725D"/>
+    <w:rsid w:val="00AF2EB6"/>
+    <w:rsid w:val="00D6657F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -7650,82 +7985,50 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004E24EB"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="82B54E573BD446C09A8C030BD60A9D91">
-[...30 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="82B54E573BD446C09A8C030BD60A9D911">
     <w:name w:val="82B54E573BD446C09A8C030BD60A9D911"/>
     <w:rsid w:val="004E24EB"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="58E367428B7B4392A12E52D38651F23B1">
     <w:name w:val="58E367428B7B4392A12E52D38651F23B1"/>
     <w:rsid w:val="004E24EB"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic"/>
@@ -8091,54 +8394,69 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010026512237B57FCC4083CC9DB9F7A1F902" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b1066521077a2c00a4704f066ee5aedd">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b203dc90-c4a9-4e0e-bcf3-9e004ca204f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8517d3389478c55226d151541c5bbf3a" ns2:_="">
     <xsd:import namespace="b203dc90-c4a9-4e0e-bcf3-9e004ca204f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b203dc90-c4a9-4e0e-bcf3-9e004ca204f9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -8232,123 +8550,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCEFB209-8A7E-4D5D-AC48-C5DF96C45813}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70089A40-15EB-432D-BCDF-B34DA6D0EB39}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6AF0E7B-92E1-4098-B7FD-0B34A1826E60}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9DC949C-602B-4937-921C-6AEBBA78A3F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b203dc90-c4a9-4e0e-bcf3-9e004ca204f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>174</Words>
-  <Characters>998</Characters>
+  <Words>181</Words>
+  <Characters>1033</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1170</CharactersWithSpaces>
+  <CharactersWithSpaces>1212</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joanna Hughes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010026512237B57FCC4083CC9DB9F7A1F902</vt:lpwstr>