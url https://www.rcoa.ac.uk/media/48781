--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -1,44 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3841DAEF" w14:textId="77777777" w:rsidR="003519CF" w:rsidRPr="00A77DFA" w:rsidRDefault="003519CF" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7368D446" w14:textId="17E2E22A" w:rsidR="00387E83" w:rsidRPr="00314170" w:rsidRDefault="003519CF" w:rsidP="003519CF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
@@ -95,1226 +94,1280 @@
         </w:rPr>
         <w:t>perioperative nerve injuries</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C011DF5" w14:textId="77777777" w:rsidR="00E22878" w:rsidRDefault="00E22878" w:rsidP="003519CF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2877C522" w14:textId="0843CC4B" w:rsidR="00A179B7" w:rsidRPr="00314170" w:rsidRDefault="0049626A" w:rsidP="003519CF">
+    <w:p w14:paraId="54B10A5F" w14:textId="17610B96" w:rsidR="0049626A" w:rsidRPr="00314170" w:rsidRDefault="0049626A" w:rsidP="00F73F6D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00314170">
+        <w:t xml:space="preserve">Local Coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Local Coordinator </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:t xml:space="preserve">Guide </w:t>
+      </w:r>
+      <w:r w:rsidR="000238F0" w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Guide </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000238F0" w:rsidRPr="00314170">
+        <w:t xml:space="preserve">Version </w:t>
+      </w:r>
+      <w:r w:rsidR="002512FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Version </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00824A7A">
+        <w:t>3.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0173D029" w14:textId="65805B84" w:rsidR="006D2A02" w:rsidRPr="00314170" w:rsidRDefault="00A05B6F" w:rsidP="00B64194">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+        <w:t>Content</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B37FC0" w14:textId="39CA5A8A" w:rsidR="00AF1BD3" w:rsidRDefault="006D2A02">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Content</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+      </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...12 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc71722310" w:history="1">
-[...8 lines deleted...]
-        <w:r w:rsidR="00D6499E" w:rsidRPr="00DB7233">
+      <w:hyperlink w:anchor="_Toc211255556" w:history="1">
+        <w:r w:rsidR="00AF1BD3" w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>ntroduction</w:t>
+          <w:t>Introduction</w:t>
         </w:r>
-        <w:r w:rsidR="00D6499E">
+        <w:r w:rsidR="00AF1BD3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00D6499E">
+        <w:r w:rsidR="00AF1BD3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00D6499E">
+        <w:r w:rsidR="00AF1BD3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722310 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255556 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00D6499E">
+        <w:r w:rsidR="00AF1BD3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00D6499E">
+        <w:r w:rsidR="00AF1BD3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00D6499E">
+        <w:r w:rsidR="00AF1BD3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00D6499E">
+        <w:r w:rsidR="00AF1BD3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="791FBA57" w14:textId="33EF9970" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="0B38ABE4" w14:textId="71F79AB5" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255557" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Baseline Survey</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722311 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255557 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="513C99C9" w14:textId="32CDC3D0" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="1826F3B7" w14:textId="695407B3" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255558" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Individual Case Registry</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722312 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255558 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CE4895E" w14:textId="57F21C3B" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="29607B90" w14:textId="5CA75E1E" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255559" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>One Year Registry Period</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722313 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255559 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06768A5B" w14:textId="2EF713BE" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="7571131C" w14:textId="3792C0EC" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255560" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Inclusion and Exclusion Criteria</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722314 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255560 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CA6892C" w14:textId="160F6603" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="0DF7042C" w14:textId="1799CC72" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255561" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to report an individual case</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722315 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255561 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6BE914BB" w14:textId="45502ADF" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="5867CE25" w14:textId="01BEB9A2" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255562" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Activity Survey</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722316 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255562 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67CD292A" w14:textId="60D69197" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="215C4A31" w14:textId="4C3890DC" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255563" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Regulatory approvals, data security and confidentiality</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722317 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255563 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44B12B5D" w14:textId="27BEB8A0" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="6C971117" w14:textId="6671379A" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255564" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Organising and promoting NAP</w:t>
-[...13 lines deleted...]
-          <w:t xml:space="preserve"> within your department</w:t>
+          <w:t>Organising and promoting NAP8 within your department</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722318 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255564 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5BD97955" w14:textId="5AACDB4D" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="7A7790A5" w14:textId="74AC570E" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255565" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Local organisation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722319 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255565 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="411096F5" w14:textId="4013BCC7" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="57F4FC5B" w14:textId="234E0C98" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255566" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Resident/Specialty/Locally Employed Doctor doctor input</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255566 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6C8216FB" w14:textId="66D46A5A" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255567" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Department presentation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722320 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255567 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="347C101E" w14:textId="4CB17C83" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="55B898EA" w14:textId="50370113" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00DB7233">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc211255568" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Posters and flowcharts</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722321 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255568 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="168323F2" w14:textId="4B3B8E97" w:rsidR="00D6499E" w:rsidRDefault="00D6499E">
+    <w:p w14:paraId="25CF1AE8" w14:textId="3267AB92" w:rsidR="00AF1BD3" w:rsidRDefault="00AF1BD3">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc71722322" w:history="1">
-        <w:r w:rsidRPr="00DB7233">
+      <w:hyperlink w:anchor="_Toc211255569" w:history="1">
+        <w:r w:rsidRPr="00C335ED">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Letter and email templates</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc71722322 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc211255569 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="577A1C87" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="1C095490" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CECDF47" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="23D56423" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6527A30D" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="66E6F4D0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D7FC94" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="5D76D8E6" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A5CD278" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="4947F74B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BAC929D" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="7BA315D0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40DF033D" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="2E15C217" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0733D0FF" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="53AF165A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2131B73D" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="3DC841F8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FA8CBC9" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="4095D30D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DB4AE68" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="5FB2FE50" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4625F7DB" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="703C023D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27393D7A" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="25B3ABEE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="235A2D3C" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="029AFE6B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15FC664C" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="3250F187" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D2FD215" w14:textId="77777777" w:rsidR="00652735" w:rsidRPr="003A0FC9" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="6EA5AF4D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57CB61D7" w14:textId="77777777" w:rsidR="00652735" w:rsidRDefault="00652735" w:rsidP="00652735">
-[...7 lines deleted...]
-    <w:p w14:paraId="21621491" w14:textId="4ABBD36B" w:rsidR="00652735" w:rsidRPr="00652735" w:rsidRDefault="00652735" w:rsidP="00652735">
+    <w:p w14:paraId="58DD4EE0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39FE0336" w14:textId="60CE0E13" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3860"/>
+          <w:tab w:val="left" w:pos="3504"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4519CD36" w14:textId="30F09763" w:rsidR="00DB6B54" w:rsidRPr="00DB6B54" w:rsidRDefault="006D2A02" w:rsidP="00DB6B54">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc211255556"/>
       <w:r w:rsidR="00DB6B54" w:rsidRPr="00DB6B54">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="7F05FF63" w14:textId="77777777" w:rsidR="00DB6B54" w:rsidRPr="00314170" w:rsidRDefault="00DB6B54" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E0B243C" w14:textId="1E337C55" w:rsidR="003519CF" w:rsidRPr="00314170" w:rsidRDefault="003519CF" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Thank you for agreeing to be a Local Coordinator (LC) for NAP</w:t>
       </w:r>
@@ -1327,51 +1380,51 @@
       </w:r>
       <w:r w:rsidR="00F45485">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> You are critical to the success of this important project. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20BE2AEF" w14:textId="77777777" w:rsidR="003519CF" w:rsidRPr="00314170" w:rsidRDefault="003519CF" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CC31F2E" w14:textId="65720EC0" w:rsidR="00EE03B4" w:rsidRPr="00314170" w:rsidRDefault="003A21F2" w:rsidP="00387E83">
+    <w:p w14:paraId="7CC31F2E" w14:textId="2F24FFE2" w:rsidR="00EE03B4" w:rsidRPr="00314170" w:rsidRDefault="003A21F2" w:rsidP="00387E83">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>NAPs</w:t>
       </w:r>
       <w:r w:rsidR="00EE03B4" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> investigate serious</w:t>
       </w:r>
       <w:r w:rsidR="00DF7A86">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EE03B4" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> rare events during anaesthesia that are important to </w:t>
       </w:r>
       <w:r w:rsidR="00F45485">
         <w:t xml:space="preserve">both </w:t>
       </w:r>
       <w:r w:rsidR="00EE03B4" w:rsidRPr="00314170">
         <w:t>patients and clinicians. Previous topics include complications of airway management during anaesthesia, awareness during anaesthesia</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00EE03B4" w:rsidRPr="00314170">
@@ -1388,51 +1441,51 @@
       </w:r>
       <w:r w:rsidR="00DF7A86">
         <w:t xml:space="preserve"> that have made appropriate contributions for their local site</w:t>
       </w:r>
       <w:r w:rsidR="00665F39">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0063725B">
         <w:t xml:space="preserve">will be credited with </w:t>
       </w:r>
       <w:r w:rsidR="00974F60">
         <w:t xml:space="preserve">citable collaborator status </w:t>
       </w:r>
       <w:r w:rsidR="0063725B">
         <w:t>in the main publications as part of the ‘NAP8 Collaborative Group’</w:t>
       </w:r>
       <w:r w:rsidR="00665F39">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62F803D8" w14:textId="77777777" w:rsidR="00F45485" w:rsidRPr="00314170" w:rsidRDefault="00F45485" w:rsidP="00387E83">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61DE8969" w14:textId="74FF46B8" w:rsidR="00387E83" w:rsidRPr="00314170" w:rsidRDefault="00387E83" w:rsidP="00387E83">
+    <w:p w14:paraId="61DE8969" w14:textId="4CBAE32D" w:rsidR="00387E83" w:rsidRPr="00314170" w:rsidRDefault="00387E83" w:rsidP="00387E83">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>NAP</w:t>
       </w:r>
       <w:r w:rsidR="00F45485">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> will investigate </w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>major complications of regional anaesthesia as well as perioperative spinal cord and peripheral nerve injury</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003A21F2" w:rsidRPr="00314170">
         <w:t>We</w:t>
       </w:r>
@@ -1454,110 +1507,110 @@
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>these various complications</w:t>
       </w:r>
       <w:r w:rsidR="00263C06" w:rsidRPr="00314170">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B1A397" w14:textId="4A0FDFCA" w:rsidR="00387E83" w:rsidRPr="00314170" w:rsidRDefault="00387E83" w:rsidP="00387E83">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A128FBD" w14:textId="4442F5B1" w:rsidR="00C109D3" w:rsidRPr="00314170" w:rsidRDefault="00066540" w:rsidP="004A48CB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="467E1152" wp14:editId="30BEDEE5">
-[...1 lines deleted...]
-            <wp:effectExtent l="38100" t="38100" r="83820" b="92075"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="467E1152" wp14:editId="4AC35B46">
+            <wp:extent cx="2306747" cy="1925389"/>
+            <wp:effectExtent l="38100" t="38100" r="93980" b="93980"/>
             <wp:docPr id="625309525" name="Picture 1" descr="A white background with black text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="625309525" name="Picture 1" descr="A white background with black text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2543435" cy="2122947"/>
+                      <a:ext cx="2354179" cy="1964979"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
                         <a:prstClr val="black">
                           <a:alpha val="40000"/>
                         </a:prstClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C3F0E2E" w14:textId="77777777" w:rsidR="00C109D3" w:rsidRPr="00314170" w:rsidRDefault="00C109D3" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23729DAD" w14:textId="73C95157" w:rsidR="003519CF" w:rsidRPr="00314170" w:rsidRDefault="00DF7A86" w:rsidP="00B64194">
+    <w:p w14:paraId="23729DAD" w14:textId="62D8D2C6" w:rsidR="003519CF" w:rsidRPr="00314170" w:rsidRDefault="00DF7A86" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some </w:t>
       </w:r>
       <w:r w:rsidR="00BE1768" w:rsidRPr="00314170">
         <w:t>LCs</w:t>
       </w:r>
       <w:r w:rsidR="0026008A" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
         <w:t xml:space="preserve">have participated in previous </w:t>
       </w:r>
       <w:r w:rsidR="003A21F2" w:rsidRPr="00314170">
         <w:t xml:space="preserve">NAPs </w:t>
       </w:r>
       <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="004A48CB" w:rsidRPr="00314170">
         <w:t>will therefore be</w:t>
       </w:r>
       <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
@@ -1798,95 +1851,90 @@
           <w:bCs/>
         </w:rPr>
         <w:t>ANONYMOUS</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003A21F2" w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and reviewers cannot identify the origin of any submitted report</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01C719D3" w14:textId="77777777" w:rsidR="00E73AED" w:rsidRPr="00314170" w:rsidRDefault="00E73AED" w:rsidP="00C12457">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EAB5782" w14:textId="7DC70313" w:rsidR="00DB6B54" w:rsidDel="00EA3E76" w:rsidRDefault="0026008A" w:rsidP="00EA3E76">
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="4EAB5782" w14:textId="707FBAB3" w:rsidR="00DB6B54" w:rsidRPr="00DB6B54" w:rsidRDefault="0026008A" w:rsidP="0063725B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">If you have any questions or issues at any </w:t>
       </w:r>
       <w:r w:rsidR="00D82FC0" w:rsidRPr="00314170">
         <w:t>stage,</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> please contact us </w:t>
       </w:r>
       <w:r w:rsidR="00D54AE3" w:rsidRPr="00314170">
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00314170">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nap@rcoa.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00314170">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D36B1C8" w14:textId="301CDE9F" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="00EA3E76">
+    <w:p w14:paraId="1D36B1C8" w14:textId="301CDE9F" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc71539744"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc71722311"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc211255557"/>
       <w:r w:rsidRPr="00314170">
         <w:lastRenderedPageBreak/>
         <w:t>Baseline Survey</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="564EFD41" w14:textId="77777777" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C0DBE8E" w14:textId="6582B75A" w:rsidR="00FF5860" w:rsidRDefault="007533CD" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>The baseline survey</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>s</w:t>
@@ -2023,211 +2071,219 @@
       <w:r w:rsidR="00DB6B54">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>attitudes, experience and training in regional anaesthesia as well as previous experience of complications of regional anaesthesia</w:t>
       </w:r>
       <w:r w:rsidR="0063725B">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9D4CF3" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04FE5CBE" w14:textId="22C7C19E" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="003A21F2" w:rsidP="000165B8">
+    <w:p w14:paraId="04FE5CBE" w14:textId="40B08E46" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="003A21F2" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
-        <w:t>It will take 5-10 minutes to complete and will not require specialist knowledge.</w:t>
+        <w:t xml:space="preserve">It will take </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:t xml:space="preserve"> minutes to complete and will not require specialist knowledge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F11922" w14:textId="77777777" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="696EDFDB" w14:textId="497B43DF" w:rsidR="001D4B09" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">All responses will be anonymous and confidential. </w:t>
       </w:r>
       <w:r w:rsidR="003A21F2" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6F5349" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DE3C7BA" w14:textId="28CB95D0" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
+    <w:p w14:paraId="7DE3C7BA" w14:textId="289AB9B0" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>LCs will be sent a link to the online survey (</w:t>
       </w:r>
-      <w:r w:rsidR="00DB6B54">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>SmartSurvey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FF6CB9" w:rsidRPr="00750FBF">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve">. Please </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">distribute this link to </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">all anaesthetists and anaesthesia associates </w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>in your</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> hospital(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00750FBF">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>. A different link (for the same survey) will be sent to every hospital. Please also ask that this link is not shared online or with anyone else.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E8E1D3" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28F98159" w14:textId="3A97A974" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">The survey should be completed by </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>all grades of anaesthetists and anaesthesia associates.</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="736A5EB8" w14:textId="77777777" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F668B57" w14:textId="69EE56CA" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="00846008">
+    <w:p w14:paraId="2F668B57" w14:textId="26E67A30" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">After completion of the survey, respondents will be asked to </w:t>
       </w:r>
       <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
         <w:t xml:space="preserve">send an </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">email confirming completion to their LC to enable </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve">the LC to </w:t>
       </w:r>
       <w:r w:rsidR="00726196" w:rsidRPr="00314170">
         <w:t>track</w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> who in their department has responded</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">. We appreciate that this may be an onerous task in large departments </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
-        <w:t xml:space="preserve"> LCs may wish to enlist the assistance of </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">to monitor who has completed the survey so that non-responders can be </w:t>
+        <w:t xml:space="preserve"> LCs may wish to enlist </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>Associate Local Co-ordinators (see later)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:t xml:space="preserve"> to monitor who has completed the survey so that non-responders can be </w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t>reminded</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0FC4E6" w14:textId="670180D2" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FB7ED41" w14:textId="56C765C2" w:rsidR="00F97289" w:rsidRPr="00314170" w:rsidRDefault="00F97289" w:rsidP="00846008">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>LCs will be provided with certificates that they can send to colleagues who have completed the survey.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD177EE" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
@@ -2262,92 +2318,95 @@
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve">which </w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidR="004172E4">
         <w:t>attained high response rates</w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F661FCF" w14:textId="77777777" w:rsidR="000165B8" w:rsidRPr="00314170" w:rsidRDefault="000165B8" w:rsidP="000165B8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB95307" w14:textId="5C3397FD" w:rsidR="001D4B09" w:rsidRPr="00314170" w:rsidRDefault="0063725B" w:rsidP="00DB6B54">
+    <w:p w14:paraId="1BB95307" w14:textId="2E193B15" w:rsidR="001D4B09" w:rsidRPr="00314170" w:rsidRDefault="001D4B09" w:rsidP="00DB6B54">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="426"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
+      <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">LCs will receive </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
+      <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">link for the Baseline </w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
+      <w:r w:rsidRPr="00314170">
         <w:t>urvey</w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="001D4B09" w:rsidRPr="00314170">
+      <w:r w:rsidR="0063725B">
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2AE0">
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="0063725B">
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t>They should distribute the survey to colleagues on</w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0063725B">
         <w:t>dates provided</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00886E90">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00F97289" w:rsidRPr="00314170">
         <w:t xml:space="preserve">as soon as possible after this. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06E65BC6" w14:textId="436B154C" w:rsidR="003A21F2" w:rsidRPr="00314170" w:rsidRDefault="003A21F2" w:rsidP="00726196"/>
     <w:p w14:paraId="41AFDF54" w14:textId="70CF176D" w:rsidR="00750FBF" w:rsidRPr="00CC0199" w:rsidRDefault="172D2B96" w:rsidP="00CC0199">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
@@ -2638,51 +2697,51 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A6A66E" w14:textId="77777777" w:rsidR="00053548" w:rsidRPr="009B24C3" w:rsidRDefault="00053548" w:rsidP="003B272E">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C9DE85E" w14:textId="358FFD8F" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc71539745"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc71722312"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc211255558"/>
       <w:r w:rsidRPr="00314170">
         <w:lastRenderedPageBreak/>
         <w:t>Individual Case Registry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="7E707672" w14:textId="77777777" w:rsidR="00E73AED" w:rsidRPr="00314170" w:rsidRDefault="00E73AED" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A7B90FE" w14:textId="77777777" w:rsidR="00646A36" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>The individual case re</w:t>
       </w:r>
       <w:r w:rsidR="000165B8" w:rsidRPr="00314170">
         <w:t>ports</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2709,91 +2768,93 @@
       <w:r w:rsidR="00EF0002">
         <w:t xml:space="preserve">multidisciplinary </w:t>
       </w:r>
       <w:r w:rsidR="00C07842" w:rsidRPr="00314170">
         <w:t xml:space="preserve">review panel will review each </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:t xml:space="preserve">complication </w:t>
       </w:r>
       <w:r w:rsidR="00C07842" w:rsidRPr="00314170">
         <w:t>reported.</w:t>
       </w:r>
       <w:r w:rsidR="00C07842">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36A792DE" w14:textId="77777777" w:rsidR="00646A36" w:rsidRDefault="00646A36" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62578757" w14:textId="77777777" w:rsidR="00646A36" w:rsidRPr="00314170" w:rsidRDefault="00646A36" w:rsidP="00646A36">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc211255559"/>
       <w:r w:rsidRPr="00314170">
         <w:t>One Year Registry Period</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="00E85CEE" w14:textId="51122691" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="00E85CEE" w14:textId="5E8F6CA1" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:t xml:space="preserve"> case registry</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> will provide detailed information about the occurrence, management and outcomes of all </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:t xml:space="preserve">major complications of regional anaesthesia </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CC0199">
         <w:t>and also</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CC0199">
         <w:t xml:space="preserve"> other cases of spinal cord and peripheral nerve injury</w:t>
       </w:r>
       <w:r w:rsidR="00317503">
         <w:t xml:space="preserve"> unlikely to be directly related to the operative procedure</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF130FE" w14:textId="0EF14D3A" w:rsidR="002350E0" w:rsidRPr="00314170" w:rsidRDefault="002350E0" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A2C7273" w14:textId="778070AA" w:rsidR="002350E0" w:rsidRPr="00314170" w:rsidRDefault="002350E0" w:rsidP="002051C3">
+    <w:p w14:paraId="5A2C7273" w14:textId="1ADAB3A2" w:rsidR="002350E0" w:rsidRPr="00314170" w:rsidRDefault="002350E0" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>Every case reported will be reviewed</w:t>
       </w:r>
       <w:r w:rsidR="00DF7A86">
         <w:t>; most</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> cases </w:t>
       </w:r>
       <w:r w:rsidR="00EF0002">
         <w:t xml:space="preserve">will </w:t>
       </w:r>
       <w:r w:rsidR="00646A36">
         <w:t>undergo</w:t>
       </w:r>
       <w:r w:rsidR="00646A36" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">a more detailed review by a panel to identify key issues and </w:t>
       </w:r>
       <w:r w:rsidR="000165B8" w:rsidRPr="00314170">
@@ -2863,51 +2924,51 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB61E7">
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:t xml:space="preserve">Peripheral nerve injury (whether under regional or general anaesthesia/MAC/sedation) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CC0199">
         <w:t>and also</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CC0199">
         <w:t xml:space="preserve"> any form of spinal cord injury the outcome will be defined as permanent if still present at 6 months.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462F0DF5" w14:textId="77777777" w:rsidR="00EF0002" w:rsidRDefault="00EF0002" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11DB379F" w14:textId="362A934A" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="00CC0199" w:rsidP="002051C3">
+    <w:p w14:paraId="11DB379F" w14:textId="398BF32E" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="00CC0199" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">When you are made aware of any of these complications please log them into the registry at that point in time. The system will </w:t>
       </w:r>
       <w:r w:rsidR="00D77DE9">
         <w:t xml:space="preserve">guide you through the information </w:t>
       </w:r>
       <w:r w:rsidR="00E776DB">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00987342">
         <w:t>he multidisciplinary team</w:t>
       </w:r>
       <w:r w:rsidR="00D77DE9">
         <w:t xml:space="preserve"> would like to know </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D77DE9">
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D77DE9">
         <w:t xml:space="preserve"> understand the case as best as possible. </w:t>
@@ -3139,59 +3200,59 @@
         <w:t xml:space="preserve">8 months to allow the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>6 month</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> follow up of any peripheral nerve or spinal cord injury as outlined above plus an additional 2 months </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">to allow </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>the completion of data entry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A02856" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00317503"/>
     <w:p w14:paraId="01B938B4" w14:textId="5B5D04B9" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc71539747"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc71722314"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc71539747"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc211255560"/>
       <w:r w:rsidRPr="00314170">
         <w:t>Inclusion and Exclusion Criteria</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
-    </w:p>
-    <w:p w14:paraId="39C10CF6" w14:textId="7B4463B2" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="39C10CF6" w14:textId="22B3B067" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t>NAP</w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> will collect reports of </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:t>all</w:t>
       </w:r>
       <w:r w:rsidR="00CC0199" w:rsidRPr="00CC0199">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:t xml:space="preserve">major complications of regional anaesthesia </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CC0199">
         <w:t>and also</w:t>
       </w:r>
@@ -3466,76 +3527,90 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="009B24C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>See below</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240F6E60" w14:textId="77777777" w:rsidR="009B24C3" w:rsidRPr="009B24C3" w:rsidRDefault="009B24C3" w:rsidP="009B24C3">
+    <w:p w14:paraId="240F6E60" w14:textId="225F303D" w:rsidR="009B24C3" w:rsidRPr="009B24C3" w:rsidRDefault="009B24C3" w:rsidP="009B24C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B24C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Any regional anaesthetic/analgesic procedure carried out by an anaesthetist or anaesthesia associate other than for the above circumstances including in intensive care or the wards e.g. rib fracture analgesia. Post-operative rescue nerve block should be treated as a separate entry.</w:t>
+        <w:t>Any regional anaesthetic/analgesic procedure carried out by an anaesthetist or anaesthesia associate other than for the above circumstances including in intensive care or the wards e.g. rib fracture analgesia. Post-operative rescue nerve block should be treated as a separate entry</w:t>
+      </w:r>
+      <w:r w:rsidR="001E26AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if the NAP8 activity form for that patient has already been submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B24C3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D8CFDE" w14:textId="77777777" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DEDA36C" w14:textId="77777777" w:rsidR="00D6499E" w:rsidRDefault="00D6499E" w:rsidP="002051C3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04B0B4FA" w14:textId="3CD18BD1" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
@@ -4051,4056 +4126,3959 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If the complication occurs or presents during the case registry phase but the original procedure occurred before the start of the case registry phase, PLEASE REPORT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D5EED30" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00317503">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If the procedure takes place during the registry phase but the complication occurs or presents after the end of the case registry phase, DO NOT report. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0442F54B" w14:textId="5135FBD2" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="006A4782">
+    <w:p w14:paraId="77CC6DE8" w14:textId="0A37BEC0" w:rsidR="00986E65" w:rsidRPr="00865E21" w:rsidRDefault="00317503" w:rsidP="00865E21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If in any doubt report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C8FA91" w14:textId="77777777" w:rsidR="00317503" w:rsidRDefault="00317503" w:rsidP="00317503">
-      <w:pPr>
+    <w:p w14:paraId="263BE8B1" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11052" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2074"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2749"/>
+        <w:gridCol w:w="2020"/>
+        <w:gridCol w:w="3362"/>
+        <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF6D22" w14:paraId="3DCEBDD9" w14:textId="77777777" w:rsidTr="00343C1C">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="3AA34547" w14:textId="77777777" w:rsidTr="003F2AE0">
         <w:trPr>
           <w:trHeight w:val="397"/>
-          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="1441489F" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="78A15FF4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
+            <w:r w:rsidRPr="00986E65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Complication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="278BBB3A" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00317503">
+          <w:p w14:paraId="61EB0B73" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inclusion criteria</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="369A7424" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="112325B4" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...26 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="17C8703D" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="0C6A2596" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
+            <w:r w:rsidRPr="00986E65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>Exclusion criteria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F30B200" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E65">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="32041171" w14:textId="77777777" w:rsidTr="006A4782">
+      <w:tr w:rsidR="00986E65" w:rsidRPr="00986E65" w14:paraId="0C23A2D6" w14:textId="77777777" w:rsidTr="003F2AE0">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11052" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="66BDCD81" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="554385D2" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A81CDEB" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="1A71A9F3" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
+            <w:r w:rsidRPr="00986E65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Either CNB or PNB</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00C5741C" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="15918EE5" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="0095171A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="2615C137" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="40D3F0B3" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="611DE987" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="004F6EA0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wrong route drug error</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5394BE57" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="57895237" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C56ED1F" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...11 lines deleted...]
-              <w:t>Intravascular administration of a medication that was intended for perineural, intrathecal or epidural administration</w:t>
+          <w:p w14:paraId="0253A5B4" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Intravascular administration of a medication that was intended for perineural, intrathecal or epidural administration.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DD365BF" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...7 lines deleted...]
-          <w:p w14:paraId="31F34606" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="5E0898FF" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AE2561B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00317503">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CD234C3" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...19 lines deleted...]
-              <w:t>Perineural, intrathecal or epidural administration of a medication that was intended to be administered by another route</w:t>
+          <w:p w14:paraId="280DF771" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74F029ED" w14:textId="42A6628B" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Perineural, intrathecal or epidural administration of a medication that was intended to be administered by another route.</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081B9AFE" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...292 lines deleted...]
-          <w:p w14:paraId="4B3F32EF" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="3C8571FE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5291DFC0" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="00317503" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...12 lines deleted...]
-              <w:t>* Cardiac arrythmia requiring unplanned monitoring, haemodynamic instability, and/or active intervention</w:t>
+          <w:p w14:paraId="6672F1B7" w14:textId="3A3EC636" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NHS Never Event therefore report irrespective of whether physical or psychological harm was incurred</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="3BBEBBF0" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="2E6C2719" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11E1402C" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="1546D784" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pneumothorax</w:t>
+              <w:t>Local anaesthetic systemic toxicity (LAST)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="096790EF" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="42EB2891" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="652FD619" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...13 lines deleted...]
-              <w:t>New presence of air in the pleural cavity confirmed on radiological investigation</w:t>
+          <w:p w14:paraId="59C6AAE2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administration of local anaesthetic by a surgeon for anaesthesia/analgesia </w:t>
             </w:r>
-          </w:p>
-[...37 lines deleted...]
-              <w:t>Pneumothorax arising as an expected outcome following surgery (for example thoracic surgery) concurrent with central neuraxial or peripheral nerve blockade</w:t>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>AND/OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> administration of local anaesthetic by an anaesthetist, by bolus or infusion for regional anaesthesia/analgesia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35968854" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AF8CB64" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>AND EITHER</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="659FA31A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38410C50" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical features of moderate to severe LAST e.g. seizure, loss of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">consciousness, cardiac arrhythmia* or cardiac arrest. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32823A2C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48FE6D0C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AA2EA3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66BDAC14" w14:textId="19726781" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Administration of lipid emulsion therapy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0202AD4B" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...14 lines deleted...]
-          <w:p w14:paraId="1F3CA7AE" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="3A6C6915" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Possible local anaesthetic toxicity which did not meet a threshold of at least moderate harm (for example patient report of circumoral tingling, tinnitus).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C0812C8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CC57FCA" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Cardiac arrest directly due to regional anaesthesia</w:t>
+              <w:t xml:space="preserve">LAST secondary to sole use of intravenous lidocaine for pain procedures or peri-operative analgesia (i.e. not in conjunction with central </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-              <w:t>Five or more chest compressions or use of defibrillation.</w:t>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>neuraxial block, peripheral nerve block or surgical local infiltration).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B69E59" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...23 lines deleted...]
-              <w:t>OR</w:t>
+          <w:p w14:paraId="0FC428E6" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="316DF5A3" w14:textId="15BE3687" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Topicalisation</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-              <w:t>Withdrawal of care during procedure or in recovery</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of airway for awake tracheal intubation where no airway nerve blocks have been performed</w:t>
             </w:r>
-          </w:p>
-[...24 lines deleted...]
-              <w:t>OR</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...71 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423E3F07" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="62753EC3" w14:textId="7179D361" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>* Cardiac arrythmia requiring unplanned monitoring, haemodynamic instability, and/or active intervention</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="70DF4626" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="5368FA30" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AF3349" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pneumothorax</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5555BABB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="014F6BE3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>New presence of air in the pleural cavity confirmed on radiological investigation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EEA9A50" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="692EC767" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A4A5A4" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F9405D1" w14:textId="4B395EC3" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>New presence of air under tension in the pleural cavity requiring immediate decompression following a regional procedure with no time for radiological confirmation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB00408" w14:textId="1B5B1431" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pneumothorax arising as an expected outcome following surgery (for example thoracic surgery) concurrent with central neuraxial or peripheral nerve blockade.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17979055" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="30449ECB" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10225BDE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cardiac arrest directly due to central or peripheral regional anaesthesia</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68262181" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="112B12BE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Five or more chest compressions or use of defibrillation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C7AB440" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A61E20D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2829EEA8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BB56604" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Withdrawal of care during procedure or in recovery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29179021" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08011264" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C2B35FC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55DBD626" w14:textId="13E87FD3" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Died during anaesthesia care</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21" w:rsidDel="00B73C99">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or in recovery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1CED32" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cardiac arrest, withdrawal of care or died during procedure or treatment but cause not directly related to regional anaesthesia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1281AC17" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B3AAAD" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="172BE0B4" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="796092BE" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="1CC45249" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Infection at site of regional anaesthesia</w:t>
+              <w:t>Infection at site of central or peripheral regional anaesthesia</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08EA7A50" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="72D9C4C2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="ED7D31" w:themeColor="accent2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26630922" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...11 lines deleted...]
-              <w:t>Infection occurring within 30 days at or near the site of a previous peripheral nerve or central neuraxial block, either single shot or catheter, leading to localised abscess, discitis, osteomyelitis, systemic infection, or necrotising fasciitis</w:t>
+          <w:p w14:paraId="32957A0F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Infection occurring within 30 days at or near the site of a previous peripheral nerve or central neuraxial block, either single shot or catheter, leading to localised abscess, discitis, osteomyelitis, systemic infection, or necrotising fasciitis.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40622E6D" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...7 lines deleted...]
-          <w:p w14:paraId="119BD39B" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="2B786C7D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45E6C57C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">AND </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2211AA24" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...19 lines deleted...]
-              <w:t>Required antibiotic therapy</w:t>
+          <w:p w14:paraId="41330A3A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E1C274A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Required antibiotic therapy.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43D5A688" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="791C2203" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76627550" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="4751CF04" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AND EITHER</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A3B69F6" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...19 lines deleted...]
-              <w:t>Positive contributory micro-organism culture taken from either blood, abscess, or site swab</w:t>
+          <w:p w14:paraId="287FA4F2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43E79F3F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Positive contributory micro-organism culture taken from either blood, abscess, or site swab. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46F4CBE5" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...7 lines deleted...]
-          <w:p w14:paraId="383EEBFB" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="27D50ABB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33096F6B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60EFC337" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="0C041A4A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6920F64F" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...142 lines deleted...]
-              <w:t>Vertebral canal abscess and infective meningitis (reported separately)</w:t>
+          <w:p w14:paraId="3CBD8E1C" w14:textId="1774C50D" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Imaging or clinical suspicion consistent with infection due to the central neuraxial or peripheral nerve block.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16525DA5" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...31 lines deleted...]
-              <w:t>Anaphylaxis</w:t>
+          <w:p w14:paraId="721FCDF1" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Insertion site inflammation or localised cellulitis.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66DB22EC" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">Life-threatening anaphylaxis* confirmed to be secondary to local anaesthetic, another drug mixed with the local anaesthetic administered during the central neuraxial or peripheral nerve block, </w:t>
+          <w:p w14:paraId="492C793B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A33AED0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
             </w:r>
-            <w:r w:rsidRPr="006A4782">
-[...6 lines deleted...]
-              <w:t>or to skin preparation solutions for block performance**</w:t>
+          </w:p>
+          <w:p w14:paraId="3BC64E5C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41B8EF5F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Catheter or insertion site colonisation (culture-positive perineural or epidural catheters but with no clinical evidence of site infection or requirement for antibiotic therapy).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1045748C" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="6EC3E215" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BC51FE9" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OR </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...31 lines deleted...]
-              <w:t>neuraxial or peripheral nerve block</w:t>
+          <w:p w14:paraId="04661739" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7ED7B134" w14:textId="5B9596A2" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vertebral canal abscess and infective meningitis (reported separately).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57ACECED" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...200 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="33B6134C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="2776CF8C" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="385601BD" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="748F993D" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="14C0B625" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Visceral or other organ injury</w:t>
+              <w:t>Anaphylaxis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43F6A714" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="3288D0FC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68749616" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="05604AA1" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Inadvertent traumatic needling injury to a visceral or other organ, whether recognised at the time or afterwards</w:t>
+              <w:t>Life-threatening anaphylaxis* confirmed to be secondary to local anaesthetic, another drug mixed with the local anaesthetic administered during the central neuraxial or peripheral nerve block, or to skin preparation solutions for block performance**</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BAEB271" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="5A1BAC86" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="58007AD5" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53DD1B9C" w14:textId="72B666B2" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vascular, neurological or pleural injury are separate complications and should be reported elsewhere </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="257518CB" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="64791473" w14:textId="2DE647F4" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Examples include liver capsule penetration leading to haematoma during transverse abdominis plane (TAP) blockade, bowel perforation during abdominal wall block, globe perforation during peribulbar blockade</w:t>
-[...524 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Vertebral canal haematoma presenting after spinal or neurological surgery and thought to have arisen as a surgical complication</w:t>
-[...768 lines deleted...]
-              <w:t>Accidental dural puncture with or without epidural blood patch which does not result in any of the listed complications</w:t>
+              <w:t>Anaphylaxis confirmed by allergen testing to be secondary to any drug used for sedation or general anaesthesia in a patient who had a concurrent central neuraxial or peripheral nerve block</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D446DDC" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="76631DB9" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*Unexpected severe hypotension</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53784A5A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48C93A2F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>AND/OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC9EE98" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Severe bronchospasm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FD32F09" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43C042D0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>AND/OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41CFF789" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Swelling with actual or potential airway compromise</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625811AB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67AAB139" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A5DCB53" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B4DED0C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cardiac arrest</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="178B9A30" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53C6E7D6" w14:textId="5012DB8C" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>**Please log the anaphylaxis in the NAP8 case registry at the time of presentation. An automatic alert will be sent at 6 months to please review the patient case notes, log in and follow instructions to record if anaphylaxis has been confirmed as being secondary to any components of the regional anaesthesia technique.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="76CF5E90" w14:textId="77777777" w:rsidTr="006A4782">
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="52B21137" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58E2FCEE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Visceral or other organ injury</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210A202C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="170E0B6F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Inadvertent traumatic needling injury to a visceral or other organ, whether recognised at the time or afterwards.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ABBA9B0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C69720C" w14:textId="7C7A4F6F" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vascular, neurological or pleural injury are separate complications and should be reported elsewhere </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E3F3164" w14:textId="16449E30" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Examples include liver capsule penetration leading to haematoma during transverse abdominis plane (TAP) blockade, bowel perforation during abdominal wall block, globe perforation during peribulbar blockade.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="4D8B59A3" w14:textId="77777777" w:rsidTr="00865E21">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11052" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="39B71022" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...7 lines deleted...]
-          <w:p w14:paraId="3EF2C20B" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="54A7E9A6" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48BB7B51" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Peripheral nerve blocks</w:t>
+              <w:t>CNB</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="020AE3BC" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5D241D78" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w:rsidRPr="00ED7C45" w14:paraId="41087130" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="27323D97" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C6BAE28" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="5B76AF7C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Wrong site block</w:t>
+              <w:t>High/total/complete spinal</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A04F7E5" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="2B302C06" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA6CAFB" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...13 lines deleted...]
-              <w:t>A nerve block performed on the wrong patient or the wrong site, whether local anaesthetic was injected or not</w:t>
+          <w:p w14:paraId="23BFCB91" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any patient who develops a high block in association with central neuraxial anaesthesia/analgesia which is associated with requirement for ventilatory support* or cardiopulmonary resuscitation**.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58C5E143" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0FF131A7" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="330A7B15" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34209CF0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79B8C9CC" w14:textId="62316187" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Any patient who develops a high block from epidural or intrathecal spread of local anaesthetic following a peripheral nerve block</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0620E090" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...156 lines deleted...]
-                <w:highlight w:val="yellow"/>
+          <w:p w14:paraId="4122A014" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="276BF0A1" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4C45147F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ventilatory support includes the additional use of ‘bag/mask’ ventilation, or ventilation assisted </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>by the use of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a supraglottic airway device or endotracheal tube</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11302A53" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AE157E4" w14:textId="7FD471FD" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>**Cardiopulmonary resuscitation includes the use of basic and advanced life support</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="70774873" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="6A973041" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="244C7B76" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...3 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="509D5E1F" w14:textId="0E217552" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Haemorrhage</w:t>
+              <w:t>Respiratory failure</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38D231DC" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...11 lines deleted...]
-              <w:t>Haemorrhage arising from a regional anaesthetic procedure</w:t>
+          <w:p w14:paraId="423047EA" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any patient who develops respiratory failure due to neuraxial opioids which is associated with requirement for ventilatory support* </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72CF8B94" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...7 lines deleted...]
-          <w:p w14:paraId="1F2A919F" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="5143B6D2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DC975D3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A4782">
+            <w:r w:rsidRPr="00865E21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>AND EITHER</w:t>
+              <w:t>AND</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F2146F8" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...161 lines deleted...]
-              <w:t>Haemorrhage which requires observation or conservative management only (including manual pressure)</w:t>
+          <w:p w14:paraId="24B9E9D5" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B6BF85E" w14:textId="0B4C637A" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Neuraxial opioids either intrathecal or epidural, via either single shot or continuous catheter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7931397C" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...27 lines deleted...]
-              <w:t>Peripheral nerve injury following peripheral nerve block</w:t>
+          <w:p w14:paraId="324610AF" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Respiratory failure secondary to high/total/complete spinal should be reported elsewhere</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...44 lines deleted...]
-              <w:t>Cause, agreed by local multidisciplinary clinical team to be secondary to direct surgical injury. If in doubt report</w:t>
+          <w:p w14:paraId="44FADC72" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C12EE0D" w14:textId="66E7D734" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patients requiring supplemental oxygen or naloxone </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E299413" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Abnormalities do not need to map to any </w:t>
+          <w:p w14:paraId="6737E544" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*Ventilatory support includes the additional use of ‘bag/mask’ ventilation, or ventilation assisted </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="006A4782">
-[...5 lines deleted...]
-              <w:t>particular nerve</w:t>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>by the use of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="006A4782">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> or radicular distribution</w:t>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="111111"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a supraglottic airway device or endotracheal tube</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C225F10" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...90 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="23E55375" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317503" w14:paraId="42D3BC5A" w14:textId="77777777" w:rsidTr="003A0FC9">
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="4A2DD716" w14:textId="77777777" w:rsidTr="00986E65">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2020" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA73E5C" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006A4782">
+          <w:p w14:paraId="608957B6" w14:textId="0C7960EC" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>‘Other’ complication not listed above</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vertebral canal haematoma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3394" w:type="dxa"/>
+            <w:tcW w:w="3362" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A102031" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Any other complication secondary to peripheral nerve block not listed anywhere above </w:t>
+          <w:p w14:paraId="0FF6C167" w14:textId="28A18F3C" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Confirmed new inadvertent accumulation of blood in the extra-cranial intramedullary, subdural or epidural space </w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27FA27C0" w14:textId="77777777" w:rsidR="00317503" w:rsidRPr="006A4782" w:rsidRDefault="00317503" w:rsidP="00CE4387">
+          <w:p w14:paraId="5900B940" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Purposeful injection of blood into the epidural space performed as part of dural blood patching.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BCFBEE5" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BDB0739" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CB0D9BE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6913E774" w14:textId="3B5B9535" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vertebral canal haematoma presenting after spinal or neurological surgery and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>thought to have arisen as a surgical complication.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA335F7" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="6AF5B4F5" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59049F9D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vertebral canal abscess</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F50BF21" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216C1E55" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Confirmed new infection within the extra-cranial intramedullary, subdural or epidural space.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BCC0E8F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B9C4FC" w14:textId="0864207D" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vertebral canal abscess presenting after spinal or neurological surgery and thought to have arisen as a surgical complication rather than from regional anaesthesia.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC6DAD3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="4F23A453" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0D08B3" w14:textId="16E1BFF9" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Infective meningitis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8E7744" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Clinical or laboratory diagnosis of infective bacterial or viral meningitis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7370473C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3569C15C" w14:textId="14594279" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Infective meningitis presenting after spinal or neurological surgery.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="352BA3F0" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="2AD23279" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F57E743" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Adhesive arachnoiditis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AC6E843" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01995C67" w14:textId="07BD9FA0" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arachnoid inflammation, intrathecal scars and dural adhesions, identified on radiological imaging </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="737A8467" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E364AF8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="266054B4" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF2BDC6" w14:textId="723BA13F" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Nerve injury after central neuraxial block</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A5D8A8" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Spinal cord ischaemia or infarction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19759F18" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50650B26" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F6989D2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1ED90F0A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Direct spinal cord injury</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0822ACA2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35456698" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427DA159" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="539C3C41" w14:textId="15E6234E" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Direct radicular or other non-cord nerve injury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC07463" w14:textId="679C60A8" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cause, agreed by local multidisciplinary clinical team to be secondary to direct surgical injury or childbirth. If in doubt report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="113DCD97" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="75C23E34" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="509C9AB1" w14:textId="0EC54E6C" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>‘Other’ complication not listed above</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="425E3603" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Radiologically confirmed intracranial infarction or haemorrhage occurring after CNB (including but not limited to: Subdural haematoma, subarachnoid haemorrhage, intraventricular haemorrhage, cerebral venous sinus thrombosis or pituitary apoplexy).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="334AF472" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D908DB5" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D993FDC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B338C00" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Radiologically confirmed Posterior Reversible Encephalopathy Syndrome (PRES).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="138EB4DE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64BD6C75" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F6AD1A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F5BAE29" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cranial nerve palsy, where intracranial haemorrhage or space occupying lesion has been excluded on radiological imaging.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B35546D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47F4CB44" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1526B850" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21EACE08" w14:textId="03D6E550" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any other complication secondary to central neuraxial block not listed above </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47EECF57" w14:textId="0A744750" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Accidental dural puncture with or without epidural blood patch which does not result in any of the listed complications.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F950C8E" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="459EF4E5" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11052" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E08235" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24F0034C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Peripheral nerve blocks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41647310" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="5FB92BC0" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BB3E7F" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Wrong site block</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A0308E9" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="204E8B97" w14:textId="18F71CF7" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A nerve block performed on the wrong patient or the wrong site, whether local anaesthetic was injected or not.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004DD0CA" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38062B55" w14:textId="6A587E2E" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Never event therefore report irrespective of whether physical or psychological harm was incurred</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="6BB43FBF" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD056B7" w14:textId="18080679" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phrenic nerve palsy </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06ED03E3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Unplanned requirement for non-invasive or invasive ventilation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DBACA38" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11ECAD60" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FC3E5FC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="309086BA" w14:textId="3FF6D79E" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Confirmed unilateral diaphragmatic weakness causing functional impairment more than 48 hours after either a single shot block or removal of a nerve catheter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C253835" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">The need for supplemental oxygen, but no requirement for non-invasive or invasive </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ventilation after regional anaesthesia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5329944A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2ABD7C" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="785F82F5" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AEA0F04" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haemorrhage</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4791D2E2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="504EC40D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Haemorrhage arising from a regional anaesthetic procedure.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78C3F804" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="110EB4BB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>AND EITHER</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C382666" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1126074D" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Required treatment with blood products </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF2CC31" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F906EFB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72FE84B2" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2935A7FC" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>surgery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A7A4A0A" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10770CCB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42329333" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75C30CF1" w14:textId="30C6A994" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">interventional radiological intervention. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D482F8" w14:textId="6CCD6C99" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haemorrhage which requires observation or conservative management only (including manual pressure). </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B142E1" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="1DA5C9F1" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032FED50" w14:textId="722786E8" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Peripheral nerve injury following peripheral nerve block</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716F721B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="OLE_LINK17"/>
+            <w:bookmarkStart w:id="9" w:name="OLE_LINK18"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Unintended new abnormality in one or more modalities (sensory, motor, pain or autonomic) lasting more than 48 hours after either a single shot block or removal of a nerve catheter*</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="54CD6E0B" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68038FFC" w14:textId="5CFEEADA" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="OLE_LINK15"/>
+            <w:bookmarkStart w:id="11" w:name="OLE_LINK16"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cause, agreed by local multidisciplinary clinical team to be secondary to direct surgical injury or childbirth. If in doubt report.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E02DEFB" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Abnormalities do not need to map to any </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>particular nerve</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or radicular distribution.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F310379" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="365F0CF4" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurological abnormality may be a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>change</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of function in any specific modality (e.g. in the sensory modality both unintended new loss of sensation and new paraesthesia should trigger reporting)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7780B7DE" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53F94A57" w14:textId="201AA794" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*If a patient presents with a suspected </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>nerve</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please log the nerve injury in the NAP8 database at the time of presentation. An automatic alert will be sent at 6 months to please review the patient case notes, log in and follow instructions. This information will be vital and will be used by the multidisciplinary review team to a) determine causality and b) to define the injury as permanent or not</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00865E21" w:rsidRPr="00986E65" w14:paraId="09C4EC84" w14:textId="77777777" w:rsidTr="00986E65">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C40F053" w14:textId="1F03FC56" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>‘Other’ complication not listed above</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3362" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C10B8C8" w14:textId="0A65328B" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00865E21">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Any other complication secondary to peripheral nerve block not listed anywhere above </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="188D8FD3" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D349DA" w14:textId="77777777" w:rsidR="00865E21" w:rsidRPr="00865E21" w:rsidRDefault="00865E21" w:rsidP="00865E21">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40261895" w14:textId="77777777" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6"/>
+    <w:p w14:paraId="6B4A1A04" w14:textId="77777777" w:rsidR="00986E65" w:rsidRPr="00986E65" w:rsidRDefault="00986E65" w:rsidP="00986E65">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="526304C9" w14:textId="7D99292D" w:rsidR="006A4782" w:rsidRDefault="006A4782" w:rsidP="00E40DD6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For complications listed below that occur during the registry phase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> that were NOT secondary to regional anaesthesia or surgical local infiltration</w:t>
       </w:r>
       <w:r w:rsidRPr="00317503">
@@ -8147,50 +8125,51 @@
       </w:r>
       <w:r>
         <w:t>above</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6D22">
         <w:t xml:space="preserve"> and if appropriate report in the relevant section of the case registry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71AF2BAD" w14:textId="77777777" w:rsidR="006A4782" w:rsidRPr="00317503" w:rsidRDefault="006A4782" w:rsidP="006A4782">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Unless otherwise stated in the exclusion criteria please report all complications listed below irrespective of the level of harm that occurred to the patient. The NAP8 team will classify level of harm using the information provided during the case registry report. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="682B744C" w14:textId="43A7765D" w:rsidR="006A4782" w:rsidRPr="00317503" w:rsidRDefault="006A4782" w:rsidP="006A4782">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Precise time frames have deliberately not been included to encourage reporting. Whilst some complications present immediately, others can be delayed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66196964" w14:textId="77777777" w:rsidR="006A4782" w:rsidRPr="00317503" w:rsidRDefault="006A4782" w:rsidP="006A4782">
       <w:pPr>
@@ -8245,1121 +8224,1199 @@
       <w:r w:rsidRPr="00317503">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If in any doubt report</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0862A908" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRDefault="00FF6D22" w:rsidP="00FF6D22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11052" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2055"/>
         <w:gridCol w:w="3469"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF6D22" w14:paraId="72DEADA7" w14:textId="77777777" w:rsidTr="00343C1C">
+      <w:tr w:rsidR="00FF6D22" w14:paraId="72DEADA7" w14:textId="77777777" w:rsidTr="0010127F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="4BFB5246" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="00FF6D22" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
+          <w:p w14:paraId="4BFB5246" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF6D22">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Complication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="03903461" w14:textId="2B7E007D" w:rsidR="00FF6D22" w:rsidRPr="00FF6D22" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
+          <w:p w14:paraId="03903461" w14:textId="2B7E007D" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF6D22">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Inclusion criteria </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3624C2" w14:textId="4D586CEE" w:rsidR="00FF6D22" w:rsidRPr="00FF6D22" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
+          <w:p w14:paraId="4E3624C2" w14:textId="4D586CEE" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF6D22">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exclusion criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2D172C" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="00FF6D22" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
+          <w:p w14:paraId="0E2D172C" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF6D22">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF6D22" w14:paraId="65D1E6F5" w14:textId="77777777" w:rsidTr="002C1C45">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06AE77EA" w14:textId="34021117" w:rsidR="00F679C5" w:rsidRPr="00CE4387" w:rsidRDefault="00FF6D22" w:rsidP="00F679C5">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002C1C45">
+          <w:p w14:paraId="06AE77EA" w14:textId="34021117" w:rsidR="00F679C5" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="212121"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Spinal cord injury</w:t>
             </w:r>
-            <w:r w:rsidR="00F679C5">
+            <w:r w:rsidR="00F679C5" w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="212121"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F679C5" w:rsidRPr="00CE4387">
+            <w:r w:rsidR="00F679C5" w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(general anaesthesia /sedation/MAC)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ADCE465" w14:textId="6E3AFF7B" w:rsidR="00FF6D22" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="0ADCE465" w14:textId="6E3AFF7B" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="212121"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63B8C21F" w14:textId="77777777" w:rsidR="00F679C5" w:rsidRPr="002C1C45" w:rsidRDefault="00F679C5" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="63B8C21F" w14:textId="77777777" w:rsidR="00F679C5" w:rsidRPr="0010127F" w:rsidRDefault="00F679C5" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41FC1307" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="41FC1307" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical signs and/or symptoms consistent with unintended or unexpected, new spinal cord injury at any level whether temporary or permanent </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E72BF5E" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="7E72BF5E" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="13247276" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="13247276" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">AND </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7847CF56" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="7847CF56" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="75EA1877" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="75EA1877" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Supported by radiological </w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> neurophysiological investigations </w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> clinical intervention e.g. surgical decompression, evacuation of haematoma, spinal drain based on clinical judgement</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30B98198" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="30B98198" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="57AD8181" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="57AD8181" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="364E112C" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="364E112C" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Injury directly related to surgical manipulation during spinal surgery </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BF5A09F" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="6BF5A09F" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="491FD338" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="491FD338" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64F6F4EA" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="64F6F4EA" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="711EB296" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="711EB296" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Any injury consistent with direct surgical cord injury</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41B60ED1" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="41B60ED1" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0063382E" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="0063382E" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="796EDE6D" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="796EDE6D" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D57F1C3" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="2D57F1C3" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Any isolated intracranial cause which explains symptoms/signs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21E298CA" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="21E298CA" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0D0C33C9" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="0D0C33C9" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="282B548D" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="282B548D" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="21577759" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="21577759" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Any case where preoperative neurological status could not be reliably assessed, making confirmation of a new injury following anaesthesia uncertain e.g. patient required intubation of the trachea by pre-hospital team</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="338A47CE" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="338A47CE" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5AF185B2" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="5AF185B2" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">OR </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EA2F206" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="7EA2F206" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C2BD3C1" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="4C2BD3C1" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Cause agreed by local multidisciplinary team, to be secondary to central neuraxial block (report under CNB complications)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48676B74" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="48676B74" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="429220E6" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="429220E6" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="0010127F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">Cases involving cross clamping of major vessels, cardiac surgery or endovascular work are to be </w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>included</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B04F6A3" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="7B04F6A3" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0876B850" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...24 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="0876B850" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D899A85" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32F9C8C4" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3397E8FC" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF6D22" w14:paraId="70EF7CC3" w14:textId="77777777" w:rsidTr="002C1C45">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="409635EC" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002C1C45">
+          <w:p w14:paraId="409635EC" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Peripheral nerve injury</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D9F6E4F" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002C1C45">
+          <w:p w14:paraId="5D9F6E4F" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(general anaesthesia /sedation/MAC)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4857A2CB" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="4857A2CB" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="650D1445" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002C1C45">
+          <w:p w14:paraId="650D1445" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unintended new abnormality in one or more modalities (sensory, motor, pain or autonomic) lasting more than 48 hours following the end of the procedure*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41CF82B1" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...16 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="41CF82B1" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50D5A228" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EBABAEA" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA16971" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="4CA16971" w14:textId="085BE16F" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cause agreed by local multidisciplinary team to be secondary to </w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>direct surgical injury. If unsure report.</w:t>
+              <w:t>direct surgical injury</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidR="00865E21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+              <w:t xml:space="preserve"> or childbirth</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>. If unsure report.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6756E3FF" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B75A693" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B840F53" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="002C1C45">
+          <w:p w14:paraId="3B840F53" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="544CA64A" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nerve injury secondary to airway manipulation e.g. lingual or hypoglossal nerves secondary to laryngeal mask positioning</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B943522" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="1B943522" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1FC7216F" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="1FC7216F" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="355A6F20" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="355A6F20" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6965E342" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002C1C45">
+          <w:p w14:paraId="6965E342" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Critical illness polyneuropathy following surgery and ICU stay</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04CC4381" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="04CC4381" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B466E40" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2B466E40" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">For </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>example</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> brachial plexus injury following Trendelenburg position; common peroneal nerve injury following lithotomy position; ulnar nerve injury due to compression; tourniquet related injury</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4800648B" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...8 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="4800648B" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="521DF36C" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Abnormalities do not need to map to any </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>particular nerve</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or radicular distribution.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="621068A6" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...18 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="621068A6" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A8B9028" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Neurological abnormality may be a </w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>change</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of function in any specific modality (e.g. in the sensory modality both unintended new loss of sensation and new paraesthesia should trigger reporting)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47261EEE" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="47261EEE" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1C7D667B" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="1C7D667B" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11D1443E" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002C1C45">
+          <w:p w14:paraId="11D1443E" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">*Please follow standard care pathways including referral to neurological/surgical services, imaging and nerve conduction studies </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>where</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="002C1C45">
+            <w:r w:rsidRPr="0010127F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> deemed appropriate by local team. Please log the nerve injury in the NAP8 database at the time of presentation. An automatic alert will be sent at 6 months to please review the patient case notes, log in and follow instructions. This information will be vital and will be used by the multidisciplinary review team to a) determine causality and b) to define the injury as permanent or not</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2433C3E9" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="002C1C45" w:rsidRDefault="00FF6D22" w:rsidP="00CE4387">
-            <w:pPr>
+          <w:p w14:paraId="2433C3E9" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="0010127F" w:rsidRDefault="00FF6D22" w:rsidP="0010127F">
+            <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA7E990" w14:textId="77777777" w:rsidR="00FF6D22" w:rsidRPr="00307896" w:rsidRDefault="00FF6D22" w:rsidP="00E40DD6"/>
     <w:p w14:paraId="6DAC63CB" w14:textId="77777777" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="007B20DE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc71539748"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc71722315"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc71539748"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc211255561"/>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>How to report an individual case</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="653CF497" w14:textId="799CE970" w:rsidR="00E058C9" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="007B20DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Cases should be reported as soon as possible after a </w:t>
       </w:r>
       <w:r w:rsidR="00CC0199">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>complication</w:t>
       </w:r>
       <w:r w:rsidRPr="007B20DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> has occurred.</w:t>
@@ -9408,51 +9465,50 @@
       <w:r>
         <w:t>Peripheral nerve injury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B18AFFD" w14:textId="18C6226A" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="00E058C9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Spinal cord injury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DC22EC" w14:textId="2E2A216B" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="00E058C9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Regional anaesthesia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2879ED8A" w14:textId="77777777" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="00E058C9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Central neuraxial blocks</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="002CDD5B" w14:textId="0B5DCC79" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="00E058C9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Vertebral canal haematoma</w:t>
@@ -9489,62 +9545,73 @@
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Peripheral nerve block</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="134CA8D1" w14:textId="13BA4171" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="00E058C9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Peripheral nerve injury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C10E80B" w14:textId="77777777" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="636F08D8" w14:textId="02E8ABDA" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="002051C3">
+    <w:p w14:paraId="636F08D8" w14:textId="7A546531" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
         <w:t>This will allow the NAP8 team to classify if the injury is permanent or not</w:t>
       </w:r>
       <w:r w:rsidR="002051C3" w:rsidRPr="00314170">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00641AC2" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00865E21">
+        <w:t xml:space="preserve">There will also be a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00865E21">
+        <w:t>6 month</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00865E21">
+        <w:t xml:space="preserve"> email following cases of anaphylaxis to follow up on any allergen testing results.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44BD2C3B" w14:textId="77777777" w:rsidR="00E058C9" w:rsidRDefault="00E058C9" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="097D5F35" w14:textId="72ABD2A6" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="00641AC2" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">All reports will be anonymous and confidential. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29BA1C7E" w14:textId="77777777" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63E3D601" w14:textId="6768B78D" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="002051C3" w:rsidP="002051C3">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
@@ -9866,115 +9933,115 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Clinical governance and medicolegal teams</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A5F09C" w14:textId="47F87FEF" w:rsidR="002051C3" w:rsidRPr="00314170" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:r>
         <w:t xml:space="preserve">Further information and supporting material </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> provided to help with this (see later).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B19B707" w14:textId="43027AA9" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc71539749"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc71722316"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc71539749"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc211255562"/>
       <w:r w:rsidRPr="00314170">
         <w:lastRenderedPageBreak/>
         <w:t>Activity Survey</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="248F78B0" w14:textId="77777777" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F15B634" w14:textId="23177D62" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="004677CA" w:rsidP="007533CD">
+    <w:p w14:paraId="2F15B634" w14:textId="12BAFB12" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="004677CA" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The activity </w:t>
       </w:r>
       <w:r w:rsidR="007533CD" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">survey will be carried out during the </w:t>
       </w:r>
       <w:r w:rsidR="00281E32" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00EC03FB" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00281E32" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>month registry period</w:t>
       </w:r>
       <w:r w:rsidR="00BC2C49" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B543DD" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">likely beginning in </w:t>
+        <w:t xml:space="preserve">likely </w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>June 2026</w:t>
       </w:r>
       <w:r w:rsidR="00BC2C49" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007533CD" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. It will serve two purposes: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EFBC08E" w14:textId="77777777" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -10176,298 +10243,233 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>complications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> collected during the registry phase</w:t>
       </w:r>
       <w:r w:rsidR="007533CD" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25414C0B" w14:textId="77777777" w:rsidR="007533CD" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67FE2A8D" w14:textId="53F02966" w:rsidR="00F7373F" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="007533CD">
+    <w:p w14:paraId="67FE2A8D" w14:textId="4A4B9960" w:rsidR="00F7373F" w:rsidRPr="00314170" w:rsidRDefault="007533CD" w:rsidP="007533CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Each hospital site will be asked to survey on </w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Each hospital site will be asked to survey </w:t>
+      </w:r>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>for one week, from a Monday to Monday</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The team are still finalising whether there will be a randomisation to one of two </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>one week</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> periods. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>LCs will be asked to facilitate this survey in their hospital to ensure that all anaesthetists are aware of the survey and to check that all patients have a completed survey form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3238908C" w14:textId="68F07BDD" w:rsidR="00B34F56" w:rsidRPr="00314170" w:rsidRDefault="00B34F56" w:rsidP="007533CD">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C2DBB54" w14:textId="77777777" w:rsidR="00B34F56" w:rsidRPr="00314170" w:rsidRDefault="00B34F56" w:rsidP="00B34F56">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>As in previous NAPs, one activity survey entry will be completed by the anaesthetist or anaesthesia associate for each interventional procedure during the survey period at each site (general anaesthesia, regional anaesthesia, sedation or managed anaesthesia care).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="240C370C" w14:textId="77777777" w:rsidR="00F7373F" w:rsidRPr="00314170" w:rsidRDefault="00F7373F" w:rsidP="007533CD">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E4AC747" w14:textId="0435720C" w:rsidR="00B23429" w:rsidRPr="00314170" w:rsidRDefault="00B17F43" w:rsidP="00B23429">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7373F" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34F56" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7373F" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctivity </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34F56" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007533CD" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">urvey </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7373F" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2C49" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="003C6191" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completed </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2C49" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>electronic</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6191" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ally</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7373F" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00865E21">
+        <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>seven</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>SmartSurvey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0084724D" w:rsidRPr="00DF2061">
+        <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...210 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>(TBC)</w:t>
       </w:r>
       <w:r w:rsidR="00F7373F" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B23429">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A link will be sent to the survey and each case will be recorded by completing the survey. We strongly advise that individual anaesthetists complete the link themselves as soon after the case as practically possible. This process should be aided by the LC and other assistants over the activity survey period to ensure all cases are captured. There will need to be oversight </w:t>
       </w:r>
       <w:r w:rsidR="00DD5B4E">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="00B23429">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ensure out-of-hours cases and remote site cases are captured.</w:t>
       </w:r>
@@ -10691,68 +10693,68 @@
     <w:p w14:paraId="603C699B" w14:textId="57DBDF58" w:rsidR="00A00ECD" w:rsidRPr="00314170" w:rsidRDefault="00682B3B" w:rsidP="00682B3B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55805922" w14:textId="72D26590" w:rsidR="00024CBD" w:rsidRPr="00314170" w:rsidRDefault="00024CBD" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc71722317"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc211255563"/>
       <w:r w:rsidRPr="00314170">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Regulatory approvals, </w:t>
       </w:r>
       <w:r w:rsidR="00644F08" w:rsidRPr="00314170">
         <w:t xml:space="preserve">data </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>security</w:t>
       </w:r>
       <w:r w:rsidR="00644F08" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00644F08" w:rsidRPr="00D6499E">
         <w:t>confidentiality</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="6C62972A" w14:textId="788E5AA4" w:rsidR="00DB6B54" w:rsidRPr="00314170" w:rsidRDefault="008A1D33" w:rsidP="00DB6B54">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
         <w:t>NAPs</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> are </w:t>
       </w:r>
       <w:r w:rsidR="000A0A2B" w:rsidRPr="00314170">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">clinical </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>service evaluations</w:t>
       </w:r>
@@ -10814,212 +10816,201 @@
       </w:hyperlink>
       <w:r w:rsidR="00DB6B54" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and the algorithm </w:t>
       </w:r>
       <w:r w:rsidR="00201D6F">
         <w:t>‘</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00DB6B54" w:rsidRPr="00314170">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Does my project require review by a Research Ethics Committee</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DB6B54" w:rsidRPr="00314170">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00201D6F">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>). This has also been confirmed by review of the protocol and discussions with the chair of the West of Scotland Research and Ethics Committee.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA2D76D" w14:textId="707F6313" w:rsidR="00EE03B4" w:rsidRPr="00314170" w:rsidRDefault="00AC671F" w:rsidP="00024CBD">
+    <w:p w14:paraId="6CA2D76D" w14:textId="6167C592" w:rsidR="00EE03B4" w:rsidRPr="00314170" w:rsidRDefault="00AC671F" w:rsidP="00024CBD">
       <w:r w:rsidRPr="00314170">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="008A1D33" w:rsidRPr="00314170">
         <w:t>n a local level</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
         <w:t>Caldicott guardian</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve"> approval will be required for each site in England, Scotland and Wales. We will seek assistance from each LC in identifying the Caldicott guardian in each trust/health board but the NAP8 team will make the application on your behalf. </w:t>
       </w:r>
       <w:r w:rsidR="00F913A5">
         <w:t>Discussions with the Information Governance lead of the Department of Health in</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve"> Northern Ireland </w:t>
       </w:r>
-      <w:r w:rsidR="00F913A5">
-        <w:t>are underway</w:t>
+      <w:r w:rsidR="00865E21">
+        <w:t>have taken place and we</w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
-        <w:t xml:space="preserve">. We hope thereafter this will result in approval for all trusts in </w:t>
+        <w:t xml:space="preserve"> hope thereafter this will result in approval for all trusts in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003A0FC9">
         <w:t>Northerin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003A0FC9">
         <w:t xml:space="preserve"> Ireland to take part. </w:t>
       </w:r>
       <w:r w:rsidR="00F913A5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F03C33" w14:textId="2E3FEDF9" w:rsidR="006F2524" w:rsidRDefault="00DB6B54" w:rsidP="006F2524">
+    <w:p w14:paraId="37F03C33" w14:textId="65C429FE" w:rsidR="006F2524" w:rsidRDefault="00DB6B54" w:rsidP="006F2524">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ireland</w:t>
       </w:r>
       <w:r w:rsidR="006F2524">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>are</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> taking part in NAP8 </w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
-        <w:t>and we are currently seeking approval from the</w:t>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00865E21">
+        <w:t>the project has been approved by</w:t>
       </w:r>
       <w:r w:rsidR="006F2524">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r>
         <w:t>National Centre for Clinical Audit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16423803" w14:textId="2B0FE647" w:rsidR="006F2524" w:rsidRDefault="006F2524" w:rsidP="006F2524">
       <w:r>
         <w:t>All members of the NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:anchor="pt" w:history="1">
         <w:r w:rsidRPr="00EF0279">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>panel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> have undergone information governance training in line with these regulatory bodies. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48448DD6" w14:textId="7CD3365F" w:rsidR="00024CBD" w:rsidRPr="00314170" w:rsidRDefault="00024CBD" w:rsidP="00804E1E">
+    <w:p w14:paraId="48448DD6" w14:textId="00A9BA22" w:rsidR="00024CBD" w:rsidRPr="00314170" w:rsidRDefault="00024CBD" w:rsidP="00804E1E">
       <w:r w:rsidRPr="00314170">
         <w:t>As for NAP</w:t>
       </w:r>
       <w:r w:rsidR="00275EDC" w:rsidRPr="00314170">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="006F4C16" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>3-</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>, NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A0FC9">
-        <w:t>will seek</w:t>
+      <w:r w:rsidR="00E64557">
+        <w:t>has sought</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> endors</w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
         <w:t>ement</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
         <w:t>from</w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
-        <w:t>all four Chief Medical Officers of the United Kingdom (</w:t>
-[...17 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>all four Chief Medical Officers of the United Kingdom</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557">
+        <w:t>all of whom approve the project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00314170">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E70DD67" w14:textId="64D6A494" w:rsidR="002350E0" w:rsidRPr="00314170" w:rsidRDefault="00A0493C" w:rsidP="00804E1E">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">Case registry data will be uploaded </w:t>
       </w:r>
       <w:r w:rsidR="00641AC2" w:rsidRPr="00314170">
         <w:t xml:space="preserve">via </w:t>
       </w:r>
       <w:r w:rsidR="00DF7B69">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00DF7B69" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00641AC2" w:rsidRPr="00314170">
         <w:t xml:space="preserve">secure web-based tool using SSL encryption onto the </w:t>
       </w:r>
       <w:r w:rsidR="00DF7B69">
         <w:t xml:space="preserve">Royal College of Anaesthetists </w:t>
       </w:r>
       <w:r w:rsidR="00DD5B4E">
@@ -11036,92 +11027,86 @@
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Baseline and Activity </w:t>
       </w:r>
       <w:r w:rsidR="006F4C16" w:rsidRPr="00314170">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>urveys</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07F74884" w14:textId="7EE7FF62" w:rsidR="001B1883" w:rsidRPr="00314170" w:rsidRDefault="001B1883" w:rsidP="001B1883">
+    <w:p w14:paraId="07F74884" w14:textId="61BCA9B3" w:rsidR="001B1883" w:rsidRPr="00314170" w:rsidRDefault="001B1883" w:rsidP="001B1883">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">All individual survey returns will be </w:t>
       </w:r>
       <w:r w:rsidR="00991D2A" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">confidential </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and will contain no clinician or patient identifiers. Hospital location for </w:t>
       </w:r>
       <w:r w:rsidR="0006318B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>baseline</w:t>
       </w:r>
       <w:r w:rsidR="0006318B" w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">and activity </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>surveys will be included only to enable management of the project (</w:t>
       </w:r>
       <w:r w:rsidR="00F00A90">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>identify who</w:t>
       </w:r>
       <w:r w:rsidR="00977ABD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
@@ -11257,142 +11242,131 @@
       </w:r>
       <w:r w:rsidR="00977ABD">
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">not permitted to discuss the details of cases outside of the review meetings. Further, if they feel they can connect the case they are reviewing with knowledge from outside the review process they are not permitted to share this. This will ensure that the review process is not biased by </w:t>
       </w:r>
       <w:r w:rsidR="00E31CA0" w:rsidRPr="00314170">
         <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> knowledge, and prevent possible identification of the reporters, clinicians or patients involved. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC4A5F1" w14:textId="5F1EF221" w:rsidR="00A0493C" w:rsidRPr="00314170" w:rsidRDefault="00A0493C" w:rsidP="00E31CA0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F761B98" w14:textId="16D2C15B" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc71539750"/>
-      <w:bookmarkStart w:id="13" w:name="_Toc71722318"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc71539750"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc211255564"/>
       <w:r w:rsidRPr="00314170">
         <w:lastRenderedPageBreak/>
         <w:t>Organising and promoting NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> within your </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6499E">
         <w:t>department</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="7C546DC8" w14:textId="642913AD" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">We aim to make the </w:t>
       </w:r>
       <w:r w:rsidR="00592493" w:rsidRPr="00314170">
         <w:t>LC</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B6619B" w:rsidRPr="00314170">
         <w:t>role</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> as straightforward as possible and will supply electronic resources to help local organisation and promotion of the project.</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> These will be available on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="003E7FEA" w:rsidRPr="00EA3E76">
+        <w:r w:rsidR="003E7FEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:highlight w:val="yellow"/>
           </w:rPr>
-          <w:t>NAP</w:t>
-[...11 lines deleted...]
-          <w:t xml:space="preserve"> website</w:t>
+          <w:t>NAP8 website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and you can customise </w:t>
       </w:r>
       <w:r w:rsidR="002E6012" w:rsidRPr="00314170">
         <w:t xml:space="preserve">them </w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t>with you</w:t>
       </w:r>
       <w:r w:rsidR="002E6012" w:rsidRPr="00314170">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> contact details as needed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6512C53E" w14:textId="77777777" w:rsidR="004A3F34" w:rsidRPr="00314170" w:rsidRDefault="004A3F34" w:rsidP="00241CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33DB8B98" w14:textId="70D98D68" w:rsidR="00241CC6" w:rsidRPr="00314170" w:rsidRDefault="00241CC6" w:rsidP="00241CC6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc71539751"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc71722319"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc71539751"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc211255565"/>
       <w:r w:rsidRPr="00314170">
         <w:t>Local organisation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="397E4FEE" w14:textId="0561316C" w:rsidR="00241CC6" w:rsidRPr="00314170" w:rsidRDefault="00241CC6" w:rsidP="00DB6B54">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidR="00592493" w:rsidRPr="00314170">
         <w:t>LC,</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A3F34" w:rsidRPr="00314170">
         <w:t>we are very grateful to you for</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> ensuring that everyone </w:t>
       </w:r>
       <w:r w:rsidR="00592493" w:rsidRPr="00314170">
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>your site is aware of their roles within NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
@@ -11634,273 +11608,1087 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NAP</w:t>
         </w:r>
         <w:r w:rsidR="00113012">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidR="00CA78C6" w:rsidRPr="00CA78C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CA78C6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00991D2A" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4489803C" w14:textId="06BA0EA2" w:rsidR="00560E19" w:rsidRDefault="00560E19" w:rsidP="00E40DD6">
+    <w:p w14:paraId="4489803C" w14:textId="1DC72533" w:rsidR="00560E19" w:rsidRDefault="00560E19" w:rsidP="00E40DD6">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">Consider the best way to identify events that occur following the end of a </w:t>
       </w:r>
       <w:r w:rsidR="006541F9" w:rsidRPr="00314170">
         <w:t>patient’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> procedure. </w:t>
       </w:r>
       <w:r w:rsidR="00E40DD6">
         <w:t>Whilst some of the complications will present at the time of surgery s</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>ome will not always present at the time of the original hospital admission e.g. peripheral nerve injury. Patients may present post-operatively to surgeons, neurologists, physiotherapists</w:t>
       </w:r>
       <w:r w:rsidR="00E40DD6">
         <w:t xml:space="preserve">, the acute pain team or other healthcare professionals. Some may even present </w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve">via the medicolegal department. A list of such professionals is listed </w:t>
       </w:r>
       <w:r w:rsidR="00E40DD6">
         <w:t xml:space="preserve">below and </w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
-        <w:t>on the NAP8 resources page and we ask that contact is made with each relevant local healthcare provider</w:t>
+        <w:t>on the NAP8 resources page</w:t>
+      </w:r>
+      <w:r w:rsidR="00293258">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6B54">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00293258">
+        <w:t xml:space="preserve">Every site will not necessarily have each team listed below but </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB6B54">
+        <w:t>we ask that contact is made with each relevant local healthcare provider</w:t>
       </w:r>
       <w:r w:rsidR="00E40DD6">
         <w:t xml:space="preserve"> or team</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve"> in your hospital to alert them about NAP8 and ask them to highlight any relevant patients </w:t>
       </w:r>
       <w:r w:rsidR="00E40DD6">
         <w:t>to you the local co-ordinator</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>This will help with post-operative event capturing</w:t>
       </w:r>
       <w:r w:rsidR="004837EC" w:rsidRPr="00314170">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidR="004837EC" w:rsidRPr="00314170">
         <w:t>ample email</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="004837EC" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> can be found on the NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="004837EC" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:anchor="pt" w:history="1">
         <w:r w:rsidR="004837EC" w:rsidRPr="00314170">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004837EC" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> page.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="447445D2" w14:textId="77777777" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
+      <w:r w:rsidR="0010127F">
+        <w:t xml:space="preserve"> Not all hospitals will have each of these multidisciplinary groups below on site. We would kindly ask that only the local co-ordinator on that site contacts </w:t>
+      </w:r>
+      <w:r w:rsidR="00293258">
+        <w:t xml:space="preserve">the relevant team rather than multiple local co-ordinators for example who are served by a tertiary neurosurgical centre emailing that team to inform them about NAP8. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ADF61F8" w14:textId="399964BC" w:rsidR="0010127F" w:rsidRDefault="00E40DD6" w:rsidP="0010127F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Surgical clinical directors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA76587" w14:textId="77777777" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Physiotherapists</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FEEB686" w14:textId="77777777" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Acute pain teams</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23DCFB4A" w14:textId="77777777" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
+    <w:p w14:paraId="23DCFB4A" w14:textId="7241FF2B" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Neurologists</w:t>
       </w:r>
+      <w:r w:rsidR="0010127F">
+        <w:t xml:space="preserve"> and neurosurgical/spinal services</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6FA0F9BB" w14:textId="77777777" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Radiologists</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D996F73" w14:textId="77777777" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
+    <w:p w14:paraId="0D996F73" w14:textId="4EC4D644" w:rsidR="00E40DD6" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Electrophysiologists</w:t>
       </w:r>
+      <w:r w:rsidR="0010127F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4B416E5C" w14:textId="6264EACE" w:rsidR="00E40DD6" w:rsidRPr="00314170" w:rsidRDefault="00E40DD6" w:rsidP="00E40DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Clinical governance leads and medicolegal teams</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAB057F" w14:textId="1426BDE0" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
+    <w:p w14:paraId="5250DCF4" w14:textId="43A0905F" w:rsidR="00C801ED" w:rsidRPr="00C801ED" w:rsidRDefault="00B52B88" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc71722320"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc211255566"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc71539753"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Associate Local Co-ordinator Role for </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0000" w:rsidRPr="00C801ED">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resident</w:t>
+      </w:r>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/Specialty</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0047">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/Locally Employed Doctor</w:t>
+      </w:r>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>doctor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="00C801ED">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> input</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="4637498E" w14:textId="4BB5D510" w:rsidR="00C801ED" w:rsidRPr="002F44E9" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For the first time in a National Audit Project the steering group are recruiting resident</w:t>
+      </w:r>
+      <w:r w:rsidR="003C07C8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specialty </w:t>
+      </w:r>
+      <w:r w:rsidR="003C07C8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or locally employed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doctors to work alongside the Local Coordinator to assist with all aspects of the project including the baseline survey, activity survey and case reporting. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D04285" w14:textId="73953937" w:rsidR="00E57E41" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3EAB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> scheme </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is aimed at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any resident doctor in stage 2 or stage 3 training in a UK anaesthetic training scheme (or at an equivalent level if following a portfolio pathway scheme)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0047">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any specialty or locally employed doctor with a minimum of three </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD0047">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>years experience</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD0047">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in anaesthetics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In Ireland the position is open to doctors either who are at the level of SAT3 or above or who have two or more </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>years experience</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and both parts of the MCAI. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In both the UK and Ireland m</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41" w:rsidRPr="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ore junior resident</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, specialty or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41" w:rsidRPr="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>locally employe</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41" w:rsidRPr="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doctors may </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">however </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41" w:rsidRPr="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>be considered if the LC feels this is appropriate depending on local circumstances</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E916DF8" w14:textId="1F2B1ECB" w:rsidR="00C801ED" w:rsidRPr="002F44E9" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3EAB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>role</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57E41">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>designed for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anaesthetists who do not primarily work in research but want to gain research experience in a national study. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tudent</w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">those </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>fully-funded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> research role</w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would not be eligible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>We would expect a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplicants </w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9" w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be willing to make a significant contribution to the conduct and delivery of NAP8 at a local level over a period of 12-18 months. Experience in regional anaesthesia would be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>advantageous but not essential.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0047">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ideally applicants would be based at the same hospital over the duration of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DD0047">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>project</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003C07C8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but we appreciate this may not always be possible</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0047">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a doctor is appointed </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to one hospital </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and then moves hospital during a changeover </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then we suggest discuss</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the local co-ordinator at the new hospital if </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>it is possible to</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> continue to help</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there instead</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The local co-ordinator at the original hospital can also fill the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vacant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557" w:rsidRPr="00E64557">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position at their discretion with a new resident/speciality/locally employed doctor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5DCD00" w14:textId="32D6669D" w:rsidR="00C801ED" w:rsidRPr="002F44E9" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>As the arrangements between hospitals vary it is difficult to ascertain a set amount of time required. During the activity phase</w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> however</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, where data is collected on every anaesthetic, we would expect this time to increase due to time spent actively promoting the project and checking to see if each case has been recorded. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210128C9" w14:textId="67D0AB22" w:rsidR="00C801ED" w:rsidRPr="002F44E9" w:rsidRDefault="00C801ED" w:rsidP="00C801ED">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Successful completion of NAP8 project data submission (baseline, activity survey and case registry) </w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>would</w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E9" w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>result in the ‘Local Coordinator – Resident/Specialty</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0047">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/LED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Doctor being recognised as a collaborator in all subsequent publications in which the study collaborative group is listed. This will not reach the level required for recognition as an author but will result in a citable PubMed ID for the individual collaborator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE66ADB" w14:textId="60398E21" w:rsidR="00831092" w:rsidRDefault="002F44E9" w:rsidP="00831092">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>We are not specifying the exact number of residents/</w:t>
+      </w:r>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specialty/LED </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>doctors that can help on each site</w:t>
+      </w:r>
+      <w:r w:rsidR="00831092">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but will rely on the judgement of local co-ordinators who will be aware of the potential workload depending on the size of the department.</w:t>
+      </w:r>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> As a guide however we suggest one resident/specialty/LED doctor per local </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>co-ordinator</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00831092">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>we would not anticipate more than 3 resident/specialty doctor local co-ordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63C44">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00831092">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on any site given a significant contribution must be made </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00831092">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00831092">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be recognised as a collaborator.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3531B901" w14:textId="5E28721B" w:rsidR="009B0000" w:rsidRDefault="00831092" w:rsidP="00831092">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We </w:t>
+      </w:r>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will be asking</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nterested candidates </w:t>
+      </w:r>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="003440F4" w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>discuss the role with their Local Coordinator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and that any a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ppointment to this role </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>made by the Local Coordinator of the relevant hospital</w:t>
+      </w:r>
+      <w:r w:rsidR="003440F4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via an open and transparent process</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. We would ask that after any appointments are made to please</w:t>
+      </w:r>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then inform the NAP8 </w:t>
+      </w:r>
+      <w:r w:rsidR="00992978">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>team who will keep a list of all resident/specialty/LED doctors who have been involved</w:t>
+      </w:r>
+      <w:r w:rsidR="00C801ED" w:rsidRPr="002F44E9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C25B59" w14:textId="2E92CFB5" w:rsidR="00786DAF" w:rsidRDefault="00786DAF" w:rsidP="00831092">
+      <w:r>
+        <w:t>You are welcome to appoint on whatever basis you see fit but we have developed a short document with essential and desirable criteria along with a scoring system for you to use if you wish to help you shortlist if there are a lot of applications.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64557">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAB057F" w14:textId="40310FA3" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D6499E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc211255567"/>
       <w:r w:rsidRPr="00D6499E">
         <w:t>Department</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> presentation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="2D4EEBC1" w14:textId="65644DDC" w:rsidR="00D91D01" w:rsidRPr="00314170" w:rsidRDefault="00D91D01" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">We suggest that </w:t>
       </w:r>
       <w:r w:rsidR="00E414ED" w:rsidRPr="00314170">
         <w:t>LCs</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> aim to promote the NAP</w:t>
       </w:r>
       <w:r w:rsidR="00DB6B54">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> project locally with the help of a pre-populated PowerPoint presentation that can be downloaded from the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:anchor="pt" w:history="1">
         <w:r w:rsidR="003E7FEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NAP8 website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003E7FEA">
         <w:t xml:space="preserve"> (this will be available soon)</w:t>
       </w:r>
       <w:r w:rsidR="000718CE" w:rsidRPr="00314170">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6053C2C4" w14:textId="028A5B66" w:rsidR="000718CE" w:rsidRPr="00314170" w:rsidRDefault="000718CE" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc71539754"/>
-      <w:bookmarkStart w:id="19" w:name="_Toc71722321"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc71539754"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc211255568"/>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">Posters </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6499E">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve"> flowcharts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="50367E0B" w14:textId="75065542" w:rsidR="00B9278C" w:rsidRPr="00314170" w:rsidRDefault="00C41516" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">These </w:t>
       </w:r>
       <w:r w:rsidR="00FB5833">
         <w:t>will be</w:t>
       </w:r>
       <w:r w:rsidR="00FB5833" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>provided to assist in advertising the project within your hospital, and to increase engagement and awareness amongst the perioperative team. Example locations to display these include</w:t>
       </w:r>
       <w:r w:rsidR="00B9278C" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0050235B" w:rsidRPr="00314170">
         <w:t>anaesthetic department</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0050235B" w:rsidRPr="00314170">
         <w:t xml:space="preserve">, </w:t>
@@ -11920,60 +12708,60 @@
       <w:r w:rsidR="003E7FEA">
         <w:t>, physiotherapy departments</w:t>
       </w:r>
       <w:r w:rsidR="00B9278C" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> etc. </w:t>
       </w:r>
       <w:r w:rsidR="00615E92" w:rsidRPr="00314170">
         <w:t xml:space="preserve">Posters can be found on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:anchor="pt" w:history="1">
         <w:r w:rsidR="003E7FEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>NAP8 website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00615E92" w:rsidRPr="00314170">
         <w:t xml:space="preserve"> and printed locally. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0CBEEE" w14:textId="2242539C" w:rsidR="000718CE" w:rsidRPr="00314170" w:rsidRDefault="000718CE" w:rsidP="00D6499E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc71539755"/>
-      <w:bookmarkStart w:id="21" w:name="_Toc71722322"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc71539755"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc211255569"/>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">Letter and email </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6499E">
         <w:t>templates</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="7832CB27" w14:textId="4354450D" w:rsidR="000718CE" w:rsidRPr="00314170" w:rsidRDefault="00B9278C" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">1. For anaesthetic and intensive care consultants, </w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
         <w:t>resident doctors</w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">, SAS </w:t>
       </w:r>
       <w:r w:rsidR="003A0FC9">
         <w:t xml:space="preserve">doctors </w:t>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">and anaesthesia associates. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A62277" w14:textId="042158A4" w:rsidR="00B9278C" w:rsidRDefault="00B9278C" w:rsidP="00D91D01">
       <w:r w:rsidRPr="00314170">
         <w:t xml:space="preserve">2. All </w:t>
       </w:r>
       <w:r w:rsidR="00FB5833">
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
@@ -12265,50 +13053,173 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00314170">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794E5988" w14:textId="4031386B" w:rsidR="003519CF" w:rsidRPr="00314170" w:rsidRDefault="00DB6B54" w:rsidP="003519CF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CR&amp;I</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fellow</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CR&amp;I</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fellow</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CR&amp;I</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003519CF" w:rsidRPr="00314170">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fellow</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D85D6C" w14:textId="40A3DBBA" w:rsidR="003519CF" w:rsidRPr="00314170" w:rsidRDefault="003519CF" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69313B5F" w14:textId="20BF8C52" w:rsidR="006D2A02" w:rsidRPr="00314170" w:rsidRDefault="006D2A02" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47D1CF58" w14:textId="77777777" w:rsidR="00A35877" w:rsidRPr="00314170" w:rsidRDefault="00A35877" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
@@ -12323,223 +13234,232 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10AB896F" w14:textId="77777777" w:rsidR="00E70761" w:rsidRPr="00314170" w:rsidRDefault="00E70761" w:rsidP="00B64194">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F79A40" w14:textId="4BCB466A" w:rsidR="002253D8" w:rsidRPr="00A77DFA" w:rsidRDefault="002253D8" w:rsidP="002253D8"/>
     <w:sectPr w:rsidR="002253D8" w:rsidRPr="00A77DFA" w:rsidSect="00DB6B54">
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:footerReference w:type="default" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1712" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E1D69E7" w14:textId="77777777" w:rsidR="00BE754B" w:rsidRDefault="00BE754B" w:rsidP="00076293">
+    <w:p w14:paraId="04ED3FAE" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46029A70" w14:textId="77777777" w:rsidR="00BE754B" w:rsidRDefault="00BE754B" w:rsidP="00076293">
+    <w:p w14:paraId="42DD3A6B" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25576916" w14:textId="77777777" w:rsidR="00BE754B" w:rsidRDefault="00BE754B">
+    <w:p w14:paraId="553E583D" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6A2F4409" w14:textId="60661A31" w:rsidR="00D54AE3" w:rsidRPr="00191B78" w:rsidRDefault="00D54AE3">
+  <w:p w14:paraId="6A2F4409" w14:textId="17DBFC1E" w:rsidR="00D54AE3" w:rsidRPr="00191B78" w:rsidRDefault="00D54AE3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00191B78">
       <w:t xml:space="preserve">Local Coordinator Guide Version </w:t>
     </w:r>
+    <w:r w:rsidR="002512FD">
+      <w:t>3.</w:t>
+    </w:r>
+    <w:r w:rsidR="00865E21">
+      <w:t>2</w:t>
+    </w:r>
     <w:r>
-      <w:t xml:space="preserve">1 </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00652735">
-      <w:t xml:space="preserve">May </w:t>
+    <w:r w:rsidR="00865E21">
+      <w:t>November</w:t>
+    </w:r>
+    <w:r w:rsidR="00E64557">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="00DB6B54">
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004172E4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00191B78">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B511CF2" w14:textId="77777777" w:rsidR="00BE754B" w:rsidRDefault="00BE754B" w:rsidP="00076293">
+    <w:p w14:paraId="78A7CCE9" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7843CC7F" w14:textId="77777777" w:rsidR="00BE754B" w:rsidRDefault="00BE754B" w:rsidP="00076293">
+    <w:p w14:paraId="67F1D87E" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774" w:rsidP="00076293">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6705E0DE" w14:textId="77777777" w:rsidR="00BE754B" w:rsidRDefault="00BE754B">
+    <w:p w14:paraId="00E11082" w14:textId="77777777" w:rsidR="00497774" w:rsidRDefault="00497774">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7BDB3ED7" w14:textId="5284DA41" w:rsidR="00D54AE3" w:rsidRDefault="00DB6B54">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> INCLUDEPICTURE "https://www.rcoa.ac.uk/sites/default/files/styles/body_image/public/2023-11/CRI-Logo-Long%20RGB.jpg?itok=wDNXem2m" \* MERGEFORMATINET </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -17022,65 +17942,56 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1342196971">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="598677230">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="990522508">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="952515073">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2060739088">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1141848577">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="312376569">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="125"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
@@ -17112,334 +18023,352 @@
     <w:rsid w:val="00066540"/>
     <w:rsid w:val="000718CE"/>
     <w:rsid w:val="00076293"/>
     <w:rsid w:val="0007690F"/>
     <w:rsid w:val="00081E4C"/>
     <w:rsid w:val="000873B3"/>
     <w:rsid w:val="000A0842"/>
     <w:rsid w:val="000A0A2B"/>
     <w:rsid w:val="000A57E2"/>
     <w:rsid w:val="000A658F"/>
     <w:rsid w:val="000B26FA"/>
     <w:rsid w:val="000B5CC8"/>
     <w:rsid w:val="000C082E"/>
     <w:rsid w:val="000C2170"/>
     <w:rsid w:val="000C41C5"/>
     <w:rsid w:val="000C5B60"/>
     <w:rsid w:val="000C68AB"/>
     <w:rsid w:val="000D0367"/>
     <w:rsid w:val="000D3D47"/>
     <w:rsid w:val="000D4232"/>
     <w:rsid w:val="000D7294"/>
     <w:rsid w:val="000E02E9"/>
     <w:rsid w:val="000E158C"/>
     <w:rsid w:val="000E1B2C"/>
     <w:rsid w:val="000E2781"/>
+    <w:rsid w:val="000E3EAB"/>
     <w:rsid w:val="000F081B"/>
+    <w:rsid w:val="0010127F"/>
     <w:rsid w:val="0010228C"/>
     <w:rsid w:val="00102A84"/>
     <w:rsid w:val="00104063"/>
     <w:rsid w:val="00104964"/>
     <w:rsid w:val="00105DD2"/>
     <w:rsid w:val="00106583"/>
     <w:rsid w:val="00106BE0"/>
     <w:rsid w:val="001071CE"/>
     <w:rsid w:val="00113012"/>
     <w:rsid w:val="0011618F"/>
     <w:rsid w:val="00116734"/>
     <w:rsid w:val="00121CF3"/>
     <w:rsid w:val="00122371"/>
     <w:rsid w:val="00125E83"/>
     <w:rsid w:val="00131B42"/>
     <w:rsid w:val="0013584A"/>
     <w:rsid w:val="001378B0"/>
     <w:rsid w:val="00141D7E"/>
     <w:rsid w:val="00143F57"/>
     <w:rsid w:val="00150675"/>
     <w:rsid w:val="001541A0"/>
     <w:rsid w:val="0015655B"/>
+    <w:rsid w:val="00161512"/>
     <w:rsid w:val="00173BFC"/>
+    <w:rsid w:val="00173E22"/>
     <w:rsid w:val="00185062"/>
     <w:rsid w:val="00186C19"/>
     <w:rsid w:val="00191B78"/>
     <w:rsid w:val="00193D0C"/>
     <w:rsid w:val="001A100B"/>
     <w:rsid w:val="001A16A5"/>
     <w:rsid w:val="001A3A2F"/>
     <w:rsid w:val="001A435B"/>
     <w:rsid w:val="001B0C88"/>
     <w:rsid w:val="001B1883"/>
     <w:rsid w:val="001B2CF4"/>
     <w:rsid w:val="001B439F"/>
     <w:rsid w:val="001B454E"/>
     <w:rsid w:val="001B6D16"/>
     <w:rsid w:val="001C2AED"/>
     <w:rsid w:val="001C42CA"/>
     <w:rsid w:val="001C72DF"/>
     <w:rsid w:val="001D0733"/>
     <w:rsid w:val="001D3249"/>
     <w:rsid w:val="001D4B09"/>
     <w:rsid w:val="001D7656"/>
     <w:rsid w:val="001E19B1"/>
+    <w:rsid w:val="001E26AD"/>
     <w:rsid w:val="001E2917"/>
     <w:rsid w:val="001E4FB6"/>
     <w:rsid w:val="001F6012"/>
     <w:rsid w:val="001F6382"/>
     <w:rsid w:val="00201D6F"/>
     <w:rsid w:val="00204489"/>
     <w:rsid w:val="002051C3"/>
     <w:rsid w:val="00205800"/>
+    <w:rsid w:val="0020624F"/>
     <w:rsid w:val="00210553"/>
     <w:rsid w:val="00210775"/>
     <w:rsid w:val="00211453"/>
     <w:rsid w:val="00211891"/>
     <w:rsid w:val="002131EB"/>
     <w:rsid w:val="002178B1"/>
     <w:rsid w:val="00223552"/>
     <w:rsid w:val="002253D8"/>
     <w:rsid w:val="00225857"/>
+    <w:rsid w:val="00226ED7"/>
     <w:rsid w:val="0022790C"/>
     <w:rsid w:val="00234918"/>
     <w:rsid w:val="0023499F"/>
     <w:rsid w:val="002350E0"/>
     <w:rsid w:val="00236320"/>
     <w:rsid w:val="0023648E"/>
     <w:rsid w:val="00237AE5"/>
     <w:rsid w:val="00241CC6"/>
     <w:rsid w:val="0024508F"/>
     <w:rsid w:val="00246C9E"/>
+    <w:rsid w:val="002512FD"/>
     <w:rsid w:val="0025156B"/>
     <w:rsid w:val="0025197E"/>
     <w:rsid w:val="00251C65"/>
     <w:rsid w:val="00252FB5"/>
     <w:rsid w:val="0026008A"/>
     <w:rsid w:val="002609B8"/>
     <w:rsid w:val="00260A38"/>
     <w:rsid w:val="00261B92"/>
     <w:rsid w:val="00263C06"/>
     <w:rsid w:val="00263E70"/>
     <w:rsid w:val="002640B4"/>
     <w:rsid w:val="002656C8"/>
     <w:rsid w:val="0026612A"/>
+    <w:rsid w:val="002676AE"/>
     <w:rsid w:val="00272CBA"/>
     <w:rsid w:val="00273579"/>
     <w:rsid w:val="00274131"/>
     <w:rsid w:val="00275EDC"/>
     <w:rsid w:val="00276171"/>
     <w:rsid w:val="00276ADC"/>
     <w:rsid w:val="0027737E"/>
     <w:rsid w:val="00280134"/>
     <w:rsid w:val="002815CC"/>
     <w:rsid w:val="00281E32"/>
     <w:rsid w:val="002862EB"/>
     <w:rsid w:val="0028774D"/>
     <w:rsid w:val="002916ED"/>
     <w:rsid w:val="00292267"/>
+    <w:rsid w:val="00293258"/>
     <w:rsid w:val="00293373"/>
     <w:rsid w:val="0029493D"/>
     <w:rsid w:val="00297B20"/>
     <w:rsid w:val="00297C64"/>
     <w:rsid w:val="002A3918"/>
     <w:rsid w:val="002A45A1"/>
     <w:rsid w:val="002A6022"/>
     <w:rsid w:val="002A6421"/>
     <w:rsid w:val="002B063E"/>
     <w:rsid w:val="002B775D"/>
     <w:rsid w:val="002C164B"/>
     <w:rsid w:val="002C1C45"/>
     <w:rsid w:val="002C2AE3"/>
     <w:rsid w:val="002C6A1A"/>
     <w:rsid w:val="002C7F59"/>
     <w:rsid w:val="002D0465"/>
     <w:rsid w:val="002D1BDD"/>
     <w:rsid w:val="002D3FB3"/>
     <w:rsid w:val="002D43C5"/>
     <w:rsid w:val="002D4B21"/>
     <w:rsid w:val="002E0FB3"/>
     <w:rsid w:val="002E212D"/>
     <w:rsid w:val="002E6012"/>
     <w:rsid w:val="002E6F9C"/>
     <w:rsid w:val="002F0E76"/>
+    <w:rsid w:val="002F44E9"/>
     <w:rsid w:val="002F719C"/>
     <w:rsid w:val="002F71C1"/>
     <w:rsid w:val="0030489F"/>
     <w:rsid w:val="0031027C"/>
     <w:rsid w:val="00314170"/>
     <w:rsid w:val="00317503"/>
     <w:rsid w:val="003254BB"/>
     <w:rsid w:val="00327493"/>
     <w:rsid w:val="0033271F"/>
     <w:rsid w:val="00335183"/>
     <w:rsid w:val="0033560F"/>
     <w:rsid w:val="00340284"/>
     <w:rsid w:val="00340553"/>
-    <w:rsid w:val="00343C1C"/>
+    <w:rsid w:val="003440F4"/>
     <w:rsid w:val="003519CF"/>
     <w:rsid w:val="003547AC"/>
     <w:rsid w:val="003548C6"/>
+    <w:rsid w:val="00356385"/>
     <w:rsid w:val="003627AA"/>
     <w:rsid w:val="003653A1"/>
     <w:rsid w:val="00371D32"/>
     <w:rsid w:val="00372BDB"/>
     <w:rsid w:val="0037540E"/>
     <w:rsid w:val="0038183A"/>
     <w:rsid w:val="00385343"/>
     <w:rsid w:val="00385EDE"/>
     <w:rsid w:val="00387E83"/>
     <w:rsid w:val="003957C8"/>
     <w:rsid w:val="003A0FC9"/>
     <w:rsid w:val="003A21F2"/>
     <w:rsid w:val="003A582A"/>
     <w:rsid w:val="003A6BB0"/>
     <w:rsid w:val="003A7A01"/>
     <w:rsid w:val="003B272E"/>
     <w:rsid w:val="003B4DC2"/>
     <w:rsid w:val="003B6539"/>
     <w:rsid w:val="003B7B7E"/>
+    <w:rsid w:val="003C07C8"/>
     <w:rsid w:val="003C1ED2"/>
     <w:rsid w:val="003C6191"/>
     <w:rsid w:val="003D5A75"/>
+    <w:rsid w:val="003D7AD9"/>
     <w:rsid w:val="003D7BFA"/>
     <w:rsid w:val="003E0C98"/>
     <w:rsid w:val="003E2A5B"/>
     <w:rsid w:val="003E4F3D"/>
     <w:rsid w:val="003E57DF"/>
     <w:rsid w:val="003E67E9"/>
     <w:rsid w:val="003E7FEA"/>
     <w:rsid w:val="003F0916"/>
     <w:rsid w:val="003F0E38"/>
     <w:rsid w:val="003F2978"/>
+    <w:rsid w:val="003F2AE0"/>
     <w:rsid w:val="003F5C6E"/>
     <w:rsid w:val="003F75EF"/>
     <w:rsid w:val="00404E4C"/>
     <w:rsid w:val="00405394"/>
     <w:rsid w:val="00410967"/>
     <w:rsid w:val="0041454B"/>
     <w:rsid w:val="004149FF"/>
     <w:rsid w:val="00414BFA"/>
     <w:rsid w:val="00415550"/>
     <w:rsid w:val="0041555B"/>
     <w:rsid w:val="00415A18"/>
     <w:rsid w:val="004172E4"/>
     <w:rsid w:val="00423171"/>
     <w:rsid w:val="00423E7F"/>
     <w:rsid w:val="00431D3F"/>
     <w:rsid w:val="004330DD"/>
     <w:rsid w:val="004335DE"/>
     <w:rsid w:val="00435DF8"/>
     <w:rsid w:val="0043608E"/>
     <w:rsid w:val="00440170"/>
     <w:rsid w:val="00442B66"/>
     <w:rsid w:val="00444397"/>
     <w:rsid w:val="004465BE"/>
     <w:rsid w:val="004475C7"/>
+    <w:rsid w:val="00450FDD"/>
     <w:rsid w:val="00451685"/>
     <w:rsid w:val="00451E50"/>
     <w:rsid w:val="004557D6"/>
     <w:rsid w:val="00455C73"/>
     <w:rsid w:val="00456468"/>
     <w:rsid w:val="004603D7"/>
     <w:rsid w:val="0046662C"/>
     <w:rsid w:val="004677CA"/>
     <w:rsid w:val="00471244"/>
     <w:rsid w:val="0047505C"/>
     <w:rsid w:val="00475A8A"/>
     <w:rsid w:val="004837EC"/>
     <w:rsid w:val="00484175"/>
     <w:rsid w:val="00495541"/>
     <w:rsid w:val="0049626A"/>
+    <w:rsid w:val="00497774"/>
     <w:rsid w:val="004A1603"/>
     <w:rsid w:val="004A19FF"/>
     <w:rsid w:val="004A1CFF"/>
     <w:rsid w:val="004A3F34"/>
     <w:rsid w:val="004A48B6"/>
     <w:rsid w:val="004A48CB"/>
     <w:rsid w:val="004A6FD5"/>
     <w:rsid w:val="004A7586"/>
     <w:rsid w:val="004B1929"/>
     <w:rsid w:val="004B2837"/>
     <w:rsid w:val="004B4B85"/>
     <w:rsid w:val="004B75C0"/>
     <w:rsid w:val="004C54AB"/>
     <w:rsid w:val="004C69ED"/>
     <w:rsid w:val="004C6F2D"/>
     <w:rsid w:val="004D07E9"/>
     <w:rsid w:val="004D1F19"/>
     <w:rsid w:val="004D341B"/>
     <w:rsid w:val="004D6D3C"/>
     <w:rsid w:val="004E2AAA"/>
     <w:rsid w:val="004E2EEA"/>
     <w:rsid w:val="004E5305"/>
     <w:rsid w:val="004E7489"/>
     <w:rsid w:val="004F102D"/>
     <w:rsid w:val="004F453E"/>
     <w:rsid w:val="0050046A"/>
     <w:rsid w:val="0050235B"/>
     <w:rsid w:val="00502D8C"/>
     <w:rsid w:val="00503AD2"/>
     <w:rsid w:val="005066C5"/>
     <w:rsid w:val="00506CFF"/>
     <w:rsid w:val="00507283"/>
     <w:rsid w:val="00520CAC"/>
     <w:rsid w:val="0052282F"/>
     <w:rsid w:val="00524859"/>
     <w:rsid w:val="00531E20"/>
     <w:rsid w:val="005419E0"/>
     <w:rsid w:val="005440C4"/>
     <w:rsid w:val="005445BA"/>
     <w:rsid w:val="00545F33"/>
     <w:rsid w:val="005505E3"/>
     <w:rsid w:val="00553391"/>
     <w:rsid w:val="005553DE"/>
     <w:rsid w:val="00560E19"/>
     <w:rsid w:val="00560F1D"/>
     <w:rsid w:val="00560FD1"/>
     <w:rsid w:val="00571060"/>
     <w:rsid w:val="00581191"/>
+    <w:rsid w:val="0058178D"/>
     <w:rsid w:val="00587780"/>
     <w:rsid w:val="00590ECA"/>
-    <w:rsid w:val="00591A0E"/>
     <w:rsid w:val="00592097"/>
     <w:rsid w:val="00592493"/>
     <w:rsid w:val="005928E5"/>
     <w:rsid w:val="005947BD"/>
     <w:rsid w:val="00594FCA"/>
     <w:rsid w:val="00595FF5"/>
     <w:rsid w:val="005A33E8"/>
     <w:rsid w:val="005A443C"/>
     <w:rsid w:val="005A6848"/>
     <w:rsid w:val="005A7E48"/>
     <w:rsid w:val="005B1AEC"/>
     <w:rsid w:val="005B2EAD"/>
     <w:rsid w:val="005B34DE"/>
     <w:rsid w:val="005B500F"/>
     <w:rsid w:val="005B79EB"/>
     <w:rsid w:val="005C0D09"/>
     <w:rsid w:val="005C514A"/>
     <w:rsid w:val="005C780E"/>
     <w:rsid w:val="005D319D"/>
     <w:rsid w:val="005D395E"/>
+    <w:rsid w:val="005E1828"/>
     <w:rsid w:val="005E3257"/>
     <w:rsid w:val="005F0802"/>
     <w:rsid w:val="005F3101"/>
     <w:rsid w:val="005F4916"/>
     <w:rsid w:val="006053B9"/>
     <w:rsid w:val="00615E92"/>
     <w:rsid w:val="00615EEC"/>
     <w:rsid w:val="00617E35"/>
     <w:rsid w:val="00620E9C"/>
     <w:rsid w:val="00625DD1"/>
     <w:rsid w:val="006275AB"/>
     <w:rsid w:val="00634F34"/>
     <w:rsid w:val="0063725B"/>
     <w:rsid w:val="00641AC2"/>
     <w:rsid w:val="00643E9C"/>
     <w:rsid w:val="00644F08"/>
     <w:rsid w:val="00645CCE"/>
     <w:rsid w:val="00646A36"/>
     <w:rsid w:val="00646B50"/>
     <w:rsid w:val="00646FD2"/>
     <w:rsid w:val="00652735"/>
     <w:rsid w:val="006541F9"/>
     <w:rsid w:val="00656484"/>
     <w:rsid w:val="006569C2"/>
     <w:rsid w:val="00665F39"/>
@@ -17450,130 +18379,134 @@
     <w:rsid w:val="00681EF1"/>
     <w:rsid w:val="0068295C"/>
     <w:rsid w:val="00682B3B"/>
     <w:rsid w:val="00686B6A"/>
     <w:rsid w:val="00686C34"/>
     <w:rsid w:val="006930B2"/>
     <w:rsid w:val="00693216"/>
     <w:rsid w:val="0069481F"/>
     <w:rsid w:val="00695F24"/>
     <w:rsid w:val="00696F46"/>
     <w:rsid w:val="006A11A7"/>
     <w:rsid w:val="006A31DF"/>
     <w:rsid w:val="006A4782"/>
     <w:rsid w:val="006A487A"/>
     <w:rsid w:val="006B1F3F"/>
     <w:rsid w:val="006B292E"/>
     <w:rsid w:val="006B5DBB"/>
     <w:rsid w:val="006C0775"/>
     <w:rsid w:val="006C10D8"/>
     <w:rsid w:val="006C483F"/>
     <w:rsid w:val="006C51E2"/>
     <w:rsid w:val="006C5FB4"/>
     <w:rsid w:val="006D2A02"/>
     <w:rsid w:val="006D56C6"/>
     <w:rsid w:val="006E3588"/>
+    <w:rsid w:val="006E3BF7"/>
     <w:rsid w:val="006E4368"/>
     <w:rsid w:val="006F2524"/>
     <w:rsid w:val="006F4C16"/>
     <w:rsid w:val="006F707D"/>
     <w:rsid w:val="00700B9A"/>
     <w:rsid w:val="0070127D"/>
     <w:rsid w:val="00706399"/>
     <w:rsid w:val="00706C0F"/>
     <w:rsid w:val="00707726"/>
     <w:rsid w:val="0070780B"/>
     <w:rsid w:val="00716663"/>
-    <w:rsid w:val="007219A6"/>
     <w:rsid w:val="00726196"/>
     <w:rsid w:val="00727BBE"/>
     <w:rsid w:val="007313CE"/>
     <w:rsid w:val="00734633"/>
     <w:rsid w:val="00736C1F"/>
     <w:rsid w:val="00746F51"/>
     <w:rsid w:val="007508DD"/>
     <w:rsid w:val="00750FBF"/>
     <w:rsid w:val="00751589"/>
     <w:rsid w:val="007533CD"/>
     <w:rsid w:val="00756581"/>
     <w:rsid w:val="00764667"/>
     <w:rsid w:val="007737B7"/>
     <w:rsid w:val="00775A6A"/>
     <w:rsid w:val="00776488"/>
     <w:rsid w:val="00781066"/>
     <w:rsid w:val="0078143F"/>
     <w:rsid w:val="00783E7B"/>
     <w:rsid w:val="00784A36"/>
+    <w:rsid w:val="00786DAF"/>
     <w:rsid w:val="00787A52"/>
     <w:rsid w:val="007918A2"/>
     <w:rsid w:val="007930DC"/>
     <w:rsid w:val="007965E0"/>
     <w:rsid w:val="00796629"/>
     <w:rsid w:val="007968F2"/>
     <w:rsid w:val="00796A3E"/>
     <w:rsid w:val="007B0E98"/>
     <w:rsid w:val="007B20DE"/>
     <w:rsid w:val="007B3547"/>
     <w:rsid w:val="007C3637"/>
     <w:rsid w:val="007D2370"/>
     <w:rsid w:val="007D6B00"/>
     <w:rsid w:val="007E6496"/>
     <w:rsid w:val="007F72BE"/>
     <w:rsid w:val="0080280D"/>
     <w:rsid w:val="00804C8C"/>
     <w:rsid w:val="00804E1E"/>
     <w:rsid w:val="008123DC"/>
     <w:rsid w:val="0081513E"/>
     <w:rsid w:val="00815DC5"/>
     <w:rsid w:val="00821FE3"/>
     <w:rsid w:val="00823B35"/>
     <w:rsid w:val="00824A7A"/>
     <w:rsid w:val="0082775C"/>
     <w:rsid w:val="00827AF6"/>
+    <w:rsid w:val="00831092"/>
     <w:rsid w:val="008358DE"/>
     <w:rsid w:val="00836D09"/>
     <w:rsid w:val="00836FCC"/>
     <w:rsid w:val="00840E86"/>
     <w:rsid w:val="008420D1"/>
     <w:rsid w:val="00843115"/>
     <w:rsid w:val="008435B9"/>
     <w:rsid w:val="0084548F"/>
     <w:rsid w:val="00846008"/>
     <w:rsid w:val="0084724D"/>
     <w:rsid w:val="00847F4B"/>
     <w:rsid w:val="00850BA0"/>
     <w:rsid w:val="008514FF"/>
     <w:rsid w:val="00851E80"/>
     <w:rsid w:val="008520D3"/>
     <w:rsid w:val="00854386"/>
     <w:rsid w:val="00855442"/>
     <w:rsid w:val="00856F50"/>
     <w:rsid w:val="0085760C"/>
     <w:rsid w:val="00860638"/>
     <w:rsid w:val="008655DA"/>
+    <w:rsid w:val="00865E21"/>
     <w:rsid w:val="008736E4"/>
     <w:rsid w:val="008806B4"/>
+    <w:rsid w:val="00883FBB"/>
     <w:rsid w:val="00884166"/>
     <w:rsid w:val="00884F7C"/>
     <w:rsid w:val="00886AE2"/>
     <w:rsid w:val="00886E90"/>
     <w:rsid w:val="00887760"/>
     <w:rsid w:val="00887960"/>
     <w:rsid w:val="008918AF"/>
     <w:rsid w:val="00891F47"/>
     <w:rsid w:val="00892668"/>
     <w:rsid w:val="008A059E"/>
     <w:rsid w:val="008A1D33"/>
     <w:rsid w:val="008A2474"/>
     <w:rsid w:val="008A2BC4"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008B030D"/>
     <w:rsid w:val="008B3F74"/>
     <w:rsid w:val="008B6C75"/>
     <w:rsid w:val="008B6F89"/>
     <w:rsid w:val="008C26C7"/>
     <w:rsid w:val="008C4838"/>
     <w:rsid w:val="008C71DB"/>
     <w:rsid w:val="008C757C"/>
     <w:rsid w:val="008D107C"/>
     <w:rsid w:val="008D1281"/>
     <w:rsid w:val="008D303F"/>
@@ -17583,83 +18516,89 @@
     <w:rsid w:val="008D6931"/>
     <w:rsid w:val="008D6DF6"/>
     <w:rsid w:val="008D6E90"/>
     <w:rsid w:val="008E103B"/>
     <w:rsid w:val="008E1E17"/>
     <w:rsid w:val="008E2572"/>
     <w:rsid w:val="008E6453"/>
     <w:rsid w:val="008E7CC0"/>
     <w:rsid w:val="008F3D15"/>
     <w:rsid w:val="008F3E8B"/>
     <w:rsid w:val="008F5071"/>
     <w:rsid w:val="008F61E5"/>
     <w:rsid w:val="008F738E"/>
     <w:rsid w:val="009034BA"/>
     <w:rsid w:val="00910A50"/>
     <w:rsid w:val="00910E52"/>
     <w:rsid w:val="00914D04"/>
     <w:rsid w:val="00915A2E"/>
     <w:rsid w:val="0091729E"/>
     <w:rsid w:val="009175FF"/>
     <w:rsid w:val="00921775"/>
     <w:rsid w:val="0092194D"/>
     <w:rsid w:val="0092196B"/>
     <w:rsid w:val="00922377"/>
     <w:rsid w:val="00922584"/>
+    <w:rsid w:val="00924D7E"/>
     <w:rsid w:val="00925066"/>
     <w:rsid w:val="00925124"/>
     <w:rsid w:val="009253F9"/>
     <w:rsid w:val="009258D7"/>
     <w:rsid w:val="0092609C"/>
+    <w:rsid w:val="009304EF"/>
     <w:rsid w:val="00931C4E"/>
     <w:rsid w:val="00931F83"/>
     <w:rsid w:val="00933B1B"/>
     <w:rsid w:val="0093453F"/>
     <w:rsid w:val="00937EFD"/>
     <w:rsid w:val="00940F2C"/>
     <w:rsid w:val="009557CC"/>
     <w:rsid w:val="00955BD0"/>
     <w:rsid w:val="00956612"/>
     <w:rsid w:val="0095705F"/>
     <w:rsid w:val="0096023E"/>
     <w:rsid w:val="00963BD0"/>
     <w:rsid w:val="00967608"/>
     <w:rsid w:val="009704E6"/>
     <w:rsid w:val="00971D47"/>
     <w:rsid w:val="00974F60"/>
     <w:rsid w:val="00976E91"/>
     <w:rsid w:val="00977ABD"/>
+    <w:rsid w:val="00986E65"/>
     <w:rsid w:val="00987342"/>
     <w:rsid w:val="00990443"/>
     <w:rsid w:val="009919D3"/>
     <w:rsid w:val="00991D2A"/>
+    <w:rsid w:val="00992978"/>
     <w:rsid w:val="009942D5"/>
     <w:rsid w:val="00996517"/>
     <w:rsid w:val="009A287F"/>
+    <w:rsid w:val="009A3F70"/>
     <w:rsid w:val="009A428F"/>
     <w:rsid w:val="009A48E3"/>
     <w:rsid w:val="009A5416"/>
+    <w:rsid w:val="009B0000"/>
     <w:rsid w:val="009B06BF"/>
     <w:rsid w:val="009B1B46"/>
     <w:rsid w:val="009B24C3"/>
     <w:rsid w:val="009B3E3A"/>
     <w:rsid w:val="009B449F"/>
     <w:rsid w:val="009B506D"/>
     <w:rsid w:val="009B675C"/>
     <w:rsid w:val="009B7349"/>
     <w:rsid w:val="009C1902"/>
     <w:rsid w:val="009C5C81"/>
     <w:rsid w:val="009C65FF"/>
     <w:rsid w:val="009C7C19"/>
     <w:rsid w:val="009D262D"/>
     <w:rsid w:val="009E543A"/>
     <w:rsid w:val="009F0B65"/>
     <w:rsid w:val="009F0C53"/>
     <w:rsid w:val="009F3CE2"/>
     <w:rsid w:val="00A00ECD"/>
     <w:rsid w:val="00A0493C"/>
     <w:rsid w:val="00A04F4C"/>
     <w:rsid w:val="00A05464"/>
     <w:rsid w:val="00A05B6F"/>
     <w:rsid w:val="00A131B3"/>
     <w:rsid w:val="00A13700"/>
     <w:rsid w:val="00A179B7"/>
@@ -17675,79 +18614,84 @@
     <w:rsid w:val="00A453F1"/>
     <w:rsid w:val="00A46473"/>
     <w:rsid w:val="00A47437"/>
     <w:rsid w:val="00A47EF4"/>
     <w:rsid w:val="00A507C6"/>
     <w:rsid w:val="00A57167"/>
     <w:rsid w:val="00A60034"/>
     <w:rsid w:val="00A60879"/>
     <w:rsid w:val="00A73358"/>
     <w:rsid w:val="00A775B7"/>
     <w:rsid w:val="00A77DFA"/>
     <w:rsid w:val="00A855F0"/>
     <w:rsid w:val="00A8611A"/>
     <w:rsid w:val="00A91CDF"/>
     <w:rsid w:val="00A933A0"/>
     <w:rsid w:val="00A976AF"/>
     <w:rsid w:val="00AA4CBA"/>
     <w:rsid w:val="00AA524B"/>
     <w:rsid w:val="00AB06D8"/>
     <w:rsid w:val="00AB33B0"/>
     <w:rsid w:val="00AB7437"/>
     <w:rsid w:val="00AC3EF4"/>
     <w:rsid w:val="00AC6157"/>
     <w:rsid w:val="00AC671F"/>
     <w:rsid w:val="00AD01CE"/>
+    <w:rsid w:val="00AD1074"/>
     <w:rsid w:val="00AD16BD"/>
     <w:rsid w:val="00AD4376"/>
     <w:rsid w:val="00AD5E8E"/>
     <w:rsid w:val="00AE714E"/>
+    <w:rsid w:val="00AF1BD3"/>
     <w:rsid w:val="00B0567A"/>
     <w:rsid w:val="00B07525"/>
+    <w:rsid w:val="00B13D26"/>
     <w:rsid w:val="00B14EC4"/>
     <w:rsid w:val="00B154F3"/>
     <w:rsid w:val="00B1623A"/>
     <w:rsid w:val="00B173F2"/>
     <w:rsid w:val="00B17490"/>
     <w:rsid w:val="00B17900"/>
     <w:rsid w:val="00B17ECF"/>
     <w:rsid w:val="00B17F43"/>
     <w:rsid w:val="00B23429"/>
     <w:rsid w:val="00B244CB"/>
     <w:rsid w:val="00B31862"/>
     <w:rsid w:val="00B34F56"/>
     <w:rsid w:val="00B355CE"/>
     <w:rsid w:val="00B3705F"/>
     <w:rsid w:val="00B37926"/>
     <w:rsid w:val="00B4022F"/>
     <w:rsid w:val="00B4038F"/>
     <w:rsid w:val="00B42C57"/>
     <w:rsid w:val="00B43887"/>
     <w:rsid w:val="00B504AC"/>
+    <w:rsid w:val="00B52B88"/>
     <w:rsid w:val="00B543DD"/>
     <w:rsid w:val="00B61505"/>
     <w:rsid w:val="00B6245F"/>
+    <w:rsid w:val="00B63C44"/>
     <w:rsid w:val="00B64194"/>
     <w:rsid w:val="00B6619B"/>
     <w:rsid w:val="00B71596"/>
     <w:rsid w:val="00B770F8"/>
     <w:rsid w:val="00B86121"/>
     <w:rsid w:val="00B865D4"/>
     <w:rsid w:val="00B913B4"/>
     <w:rsid w:val="00B9278C"/>
     <w:rsid w:val="00B92C46"/>
     <w:rsid w:val="00B93788"/>
     <w:rsid w:val="00B96CAA"/>
     <w:rsid w:val="00BB047C"/>
     <w:rsid w:val="00BB0F67"/>
     <w:rsid w:val="00BB1395"/>
     <w:rsid w:val="00BB61E7"/>
     <w:rsid w:val="00BC06F6"/>
     <w:rsid w:val="00BC2C49"/>
     <w:rsid w:val="00BC58A6"/>
     <w:rsid w:val="00BD0B6E"/>
     <w:rsid w:val="00BD0E09"/>
     <w:rsid w:val="00BD228B"/>
     <w:rsid w:val="00BE1768"/>
     <w:rsid w:val="00BE6560"/>
     <w:rsid w:val="00BE754B"/>
     <w:rsid w:val="00BF4818"/>
@@ -17756,214 +18700,219 @@
     <w:rsid w:val="00C01BCA"/>
     <w:rsid w:val="00C03FFA"/>
     <w:rsid w:val="00C04393"/>
     <w:rsid w:val="00C07842"/>
     <w:rsid w:val="00C07F8F"/>
     <w:rsid w:val="00C109D3"/>
     <w:rsid w:val="00C12457"/>
     <w:rsid w:val="00C1728B"/>
     <w:rsid w:val="00C22876"/>
     <w:rsid w:val="00C24088"/>
     <w:rsid w:val="00C30259"/>
     <w:rsid w:val="00C34AED"/>
     <w:rsid w:val="00C41516"/>
     <w:rsid w:val="00C458A4"/>
     <w:rsid w:val="00C45E22"/>
     <w:rsid w:val="00C47781"/>
     <w:rsid w:val="00C518FE"/>
     <w:rsid w:val="00C52899"/>
     <w:rsid w:val="00C5511E"/>
     <w:rsid w:val="00C60AD3"/>
     <w:rsid w:val="00C63F5F"/>
     <w:rsid w:val="00C652B8"/>
     <w:rsid w:val="00C66D68"/>
     <w:rsid w:val="00C70341"/>
     <w:rsid w:val="00C73A6B"/>
+    <w:rsid w:val="00C75A88"/>
+    <w:rsid w:val="00C801ED"/>
     <w:rsid w:val="00C85A3C"/>
     <w:rsid w:val="00C941CB"/>
     <w:rsid w:val="00C94A6C"/>
     <w:rsid w:val="00C96CA4"/>
     <w:rsid w:val="00C97B5C"/>
     <w:rsid w:val="00CA1CDA"/>
     <w:rsid w:val="00CA58B3"/>
     <w:rsid w:val="00CA78C6"/>
     <w:rsid w:val="00CB2564"/>
     <w:rsid w:val="00CB370B"/>
     <w:rsid w:val="00CB4F91"/>
     <w:rsid w:val="00CB7100"/>
     <w:rsid w:val="00CB7D45"/>
     <w:rsid w:val="00CC0199"/>
     <w:rsid w:val="00CC69E6"/>
     <w:rsid w:val="00CD4545"/>
     <w:rsid w:val="00CD5673"/>
     <w:rsid w:val="00CE07F3"/>
     <w:rsid w:val="00CE1E05"/>
     <w:rsid w:val="00CE3514"/>
     <w:rsid w:val="00D035CC"/>
     <w:rsid w:val="00D047E4"/>
-    <w:rsid w:val="00D10A9E"/>
     <w:rsid w:val="00D11453"/>
     <w:rsid w:val="00D2123D"/>
     <w:rsid w:val="00D2612E"/>
     <w:rsid w:val="00D3523F"/>
     <w:rsid w:val="00D357CA"/>
     <w:rsid w:val="00D372A8"/>
     <w:rsid w:val="00D52E75"/>
     <w:rsid w:val="00D53840"/>
     <w:rsid w:val="00D5492D"/>
     <w:rsid w:val="00D54AE3"/>
     <w:rsid w:val="00D600E6"/>
     <w:rsid w:val="00D62D92"/>
     <w:rsid w:val="00D63D66"/>
     <w:rsid w:val="00D6499E"/>
     <w:rsid w:val="00D67AB2"/>
     <w:rsid w:val="00D77DE9"/>
     <w:rsid w:val="00D8282E"/>
     <w:rsid w:val="00D82F73"/>
     <w:rsid w:val="00D82FC0"/>
     <w:rsid w:val="00D86486"/>
     <w:rsid w:val="00D91D01"/>
     <w:rsid w:val="00D9726D"/>
     <w:rsid w:val="00DA643A"/>
     <w:rsid w:val="00DB061C"/>
     <w:rsid w:val="00DB087C"/>
     <w:rsid w:val="00DB255E"/>
     <w:rsid w:val="00DB5187"/>
     <w:rsid w:val="00DB6B54"/>
     <w:rsid w:val="00DC2F8E"/>
     <w:rsid w:val="00DC4AEE"/>
     <w:rsid w:val="00DC7C3A"/>
+    <w:rsid w:val="00DD0047"/>
     <w:rsid w:val="00DD110B"/>
     <w:rsid w:val="00DD197E"/>
     <w:rsid w:val="00DD1DDE"/>
     <w:rsid w:val="00DD5B4E"/>
     <w:rsid w:val="00DD6FC7"/>
     <w:rsid w:val="00DE1E8C"/>
     <w:rsid w:val="00DE272A"/>
     <w:rsid w:val="00DE4DA4"/>
     <w:rsid w:val="00DE7811"/>
     <w:rsid w:val="00DF113F"/>
     <w:rsid w:val="00DF1B6E"/>
     <w:rsid w:val="00DF2061"/>
     <w:rsid w:val="00DF3E55"/>
     <w:rsid w:val="00DF7A86"/>
     <w:rsid w:val="00DF7B69"/>
     <w:rsid w:val="00E042CB"/>
     <w:rsid w:val="00E058C9"/>
     <w:rsid w:val="00E069D6"/>
     <w:rsid w:val="00E129A6"/>
     <w:rsid w:val="00E12B17"/>
     <w:rsid w:val="00E22878"/>
     <w:rsid w:val="00E23074"/>
     <w:rsid w:val="00E23808"/>
     <w:rsid w:val="00E23847"/>
     <w:rsid w:val="00E31CA0"/>
     <w:rsid w:val="00E369C4"/>
     <w:rsid w:val="00E3714E"/>
     <w:rsid w:val="00E40DD6"/>
     <w:rsid w:val="00E40E04"/>
     <w:rsid w:val="00E414ED"/>
     <w:rsid w:val="00E41569"/>
     <w:rsid w:val="00E55AF4"/>
     <w:rsid w:val="00E57A95"/>
+    <w:rsid w:val="00E57E41"/>
     <w:rsid w:val="00E637F2"/>
+    <w:rsid w:val="00E64557"/>
     <w:rsid w:val="00E70761"/>
     <w:rsid w:val="00E71973"/>
     <w:rsid w:val="00E73AED"/>
     <w:rsid w:val="00E76E4E"/>
     <w:rsid w:val="00E776DB"/>
     <w:rsid w:val="00E909C9"/>
     <w:rsid w:val="00E91A9F"/>
     <w:rsid w:val="00E9522A"/>
     <w:rsid w:val="00E95B2A"/>
     <w:rsid w:val="00EA3074"/>
-    <w:rsid w:val="00EA3E76"/>
     <w:rsid w:val="00EA5224"/>
     <w:rsid w:val="00EA6265"/>
     <w:rsid w:val="00EB1247"/>
     <w:rsid w:val="00EB7CD1"/>
     <w:rsid w:val="00EB7DEF"/>
     <w:rsid w:val="00EC03CE"/>
     <w:rsid w:val="00EC03FB"/>
     <w:rsid w:val="00EC4443"/>
     <w:rsid w:val="00EC4A56"/>
     <w:rsid w:val="00EC520A"/>
     <w:rsid w:val="00EC5295"/>
     <w:rsid w:val="00EC551A"/>
     <w:rsid w:val="00ED716D"/>
     <w:rsid w:val="00EE03B4"/>
     <w:rsid w:val="00EE2BF8"/>
     <w:rsid w:val="00EE3B9A"/>
     <w:rsid w:val="00EF0002"/>
     <w:rsid w:val="00EF0279"/>
     <w:rsid w:val="00EF085F"/>
     <w:rsid w:val="00F00A90"/>
     <w:rsid w:val="00F0413C"/>
     <w:rsid w:val="00F0443B"/>
     <w:rsid w:val="00F1241C"/>
     <w:rsid w:val="00F13CF2"/>
     <w:rsid w:val="00F20353"/>
     <w:rsid w:val="00F20C67"/>
     <w:rsid w:val="00F21ED4"/>
     <w:rsid w:val="00F244DF"/>
     <w:rsid w:val="00F2774D"/>
     <w:rsid w:val="00F2777C"/>
     <w:rsid w:val="00F32E95"/>
     <w:rsid w:val="00F35254"/>
     <w:rsid w:val="00F43AC2"/>
     <w:rsid w:val="00F45485"/>
     <w:rsid w:val="00F45E15"/>
     <w:rsid w:val="00F47EA9"/>
     <w:rsid w:val="00F57EB9"/>
     <w:rsid w:val="00F60E3C"/>
     <w:rsid w:val="00F63289"/>
     <w:rsid w:val="00F679C5"/>
     <w:rsid w:val="00F72F7F"/>
     <w:rsid w:val="00F73435"/>
     <w:rsid w:val="00F7373F"/>
+    <w:rsid w:val="00F73F6D"/>
     <w:rsid w:val="00F8135A"/>
     <w:rsid w:val="00F833B8"/>
     <w:rsid w:val="00F83862"/>
     <w:rsid w:val="00F86AE1"/>
     <w:rsid w:val="00F86F71"/>
     <w:rsid w:val="00F874EF"/>
     <w:rsid w:val="00F90769"/>
     <w:rsid w:val="00F913A5"/>
     <w:rsid w:val="00F97289"/>
     <w:rsid w:val="00F97811"/>
     <w:rsid w:val="00FA288E"/>
     <w:rsid w:val="00FA7B8F"/>
     <w:rsid w:val="00FB0C68"/>
     <w:rsid w:val="00FB1512"/>
     <w:rsid w:val="00FB2AB4"/>
     <w:rsid w:val="00FB2F56"/>
     <w:rsid w:val="00FB5833"/>
     <w:rsid w:val="00FC1410"/>
     <w:rsid w:val="00FC5837"/>
     <w:rsid w:val="00FC6ABB"/>
     <w:rsid w:val="00FD00F2"/>
     <w:rsid w:val="00FD1D83"/>
+    <w:rsid w:val="00FD4C57"/>
     <w:rsid w:val="00FE35E2"/>
     <w:rsid w:val="00FF1055"/>
     <w:rsid w:val="00FF10E2"/>
     <w:rsid w:val="00FF1A2A"/>
     <w:rsid w:val="00FF20E7"/>
     <w:rsid w:val="00FF2685"/>
     <w:rsid w:val="00FF5860"/>
     <w:rsid w:val="00FF6CB9"/>
     <w:rsid w:val="00FF6D22"/>
     <w:rsid w:val="00FF6E2E"/>
     <w:rsid w:val="00FF7949"/>
     <w:rsid w:val="172D2B96"/>
     <w:rsid w:val="74CF6F89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -18020,51 +18969,51 @@
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18621,50 +19570,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00150675"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0092609C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0092609C"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0092609C"/>
@@ -18700,81 +19650,84 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A05B6F"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A05B6F"/>
+    <w:rsid w:val="00AF1BD3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="10456"/>
       </w:tabs>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DF113F"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Century Gothic" w:cstheme="majorBidi"/>
       <w:b/>
       <w:i/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A05B6F"/>
+    <w:rsid w:val="00AF1BD3"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="10456"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00EC5295"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
@@ -19317,51 +20270,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2110468570">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Meet-the-NAP7-Steering-Panel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/ethics/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Meet-the-NAP7-Steering-Panel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/ethics/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcoa.ac.uk/nap8-local-resources" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nap@rcoa.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hra-decisiontools.org.uk/research/docs/DefiningResearchTable_Oct2017-1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationalauditprojects.org.uk/Local-Resources" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -19637,76 +20590,76 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E36506DA-B8AC-43D0-84E2-B42E2D37134C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5735</Words>
-  <Characters>32696</Characters>
+  <Words>6510</Words>
+  <Characters>37108</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>272</Lines>
-  <Paragraphs>76</Paragraphs>
+  <Lines>309</Lines>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38355</CharactersWithSpaces>
+  <CharactersWithSpaces>43531</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andrew Kane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>